--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -359,95 +359,95 @@
   <x:si>
     <x:t>06633</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Architecture</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>DN MADE mention mode</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Les Côteaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accessoire mode</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Enscape - Logiciel rendu photorealiste</x:t>
   </x:si>
   <x:si>
     <x:t>Architecture d'intérieur</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Décoration de vitrine et d'espace de vente - Visuel merchandiser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thearender - Logiciel rendu photoréaliste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Architecte d'intérieur-designer d'espace</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Itecom Art Design</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>DN MADE mention mode</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor Architecture d'Intérieur - 3ème année</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro artisanat et métiers d'art option marchandisage visuel</x:t>
   </x:si>
   <x:si>
     <x:t>LP Pasteur</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
@@ -485,60 +485,60 @@
   <x:si>
     <x:t>INEAD-ESMAC</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Pad</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée polyvalent Denis Diderot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 13</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée régional César Baldaccini (anciennement lycée du Rempart)</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Rempart-Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>Architecte d'intérieur-designer d'espace spécialisation design graphique et numérique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences-U Lyon</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
   </x:si>
@@ -1878,472 +1878,472 @@
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>587441</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="C15" s="3" t="s"/>
+      <x:c r="C15" s="3" t="n">
+        <x:v>36948</x:v>
+      </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="J15" s="0" t="s">
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>45015</x:v>
+        <x:v>21752</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>600718</x:v>
+        <x:v>595574</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s"/>
       <x:c r="K16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>588506</x:v>
+        <x:v>600718</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>34519</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>611345</x:v>
+        <x:v>588506</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>47</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
-      <x:c r="E18" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>49</x:v>
-[...1 lines deleted...]
-      <x:c r="H18" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H18" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I18" s="16" t="s">
-        <x:v>50</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>45015</x:v>
+        <x:v>34519</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>554181</x:v>
+        <x:v>611345</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>102</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>104</x:v>
-[...2 lines deleted...]
-        <x:v>59</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>21752</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>595574</x:v>
+        <x:v>600715</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>600715</x:v>
+        <x:v>600743</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="C21" s="3" t="s"/>
+      <x:c r="C21" s="3" t="n">
+        <x:v>40158</x:v>
+      </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="J21" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>600743</x:v>
+        <x:v>592491</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>40158</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
-      <x:c r="E22" s="14" t="s"/>
+      <x:c r="E22" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>592491</x:v>
+        <x:v>554181</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>40158</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -2726,341 +2726,341 @@
       <x:c r="K30" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>589682</x:v>
+        <x:v>589680</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>40158</x:v>
+        <x:v>36941</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
-      <x:c r="E31" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>45015</x:v>
+        <x:v>22223</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>601640</x:v>
+        <x:v>595570</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>40158</x:v>
+        <x:v>36948</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
-      <x:c r="E32" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>45015</x:v>
+        <x:v>21752</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>601648</x:v>
+        <x:v>595573</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>40158</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>589680</x:v>
+        <x:v>601640</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>36941</x:v>
+        <x:v>40158</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
-      <x:c r="E34" s="14" t="s"/>
+      <x:c r="E34" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>22223</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>595570</x:v>
+        <x:v>601648</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>36948</x:v>
+        <x:v>40158</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
+      <x:c r="E35" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>21752</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="S35" s="0" t="n">
+        <x:v>589682</x:v>
+      </x:c>
+      <x:c r="T35" s="4" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="U35" s="4" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>36335</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
@@ -3138,51 +3138,51 @@
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>534937</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>40158</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
@@ -3204,98 +3204,98 @@
       <x:c r="R38" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>574103</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>36941</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="I39" s="4" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>22223</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="Q39" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="Q39" s="4" t="s">
+      <x:c r="R39" s="0" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>595569</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>34456</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
@@ -3415,59 +3415,59 @@
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>554140</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>34456</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>45015</x:v>