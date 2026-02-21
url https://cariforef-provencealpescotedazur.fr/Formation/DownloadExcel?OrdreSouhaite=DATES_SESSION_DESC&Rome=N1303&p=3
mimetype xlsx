--- v0 (2026-02-20)
+++ v1 (2026-02-21)
@@ -140,87 +140,87 @@
     <x:t>Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>CP 
 Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>Ville</x:t>
   </x:si>
   <x:si>
     <x:t>Numéro de session CARIF</x:t>
   </x:si>
   <x:si>
     <x:t>Date début session</x:t>
   </x:si>
   <x:si>
     <x:t>Date fin session</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien en logistique d'entreposage</x:t>
   </x:si>
   <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFPA - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>dates fixes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement présentielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entreposage stockage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE PONTET CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/12/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
-  </x:si>
-[...31 lines deleted...]
-    <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>01/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien en logistique d'entreposage</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>83200</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
@@ -1827,51 +1827,51 @@
       <x:c r="K2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>581824</x:v>
+        <x:v>581831</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -1884,158 +1884,158 @@
       <x:c r="K3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>581831</x:v>
+        <x:v>581824</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I4" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
         <x:v>581823</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
         <x:v>581830</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
@@ -2879,253 +2879,253 @@
       <x:c r="R20" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>602267</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>579284</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>544537</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>544552</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>579146</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
@@ -8732,251 +8732,251 @@
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>613307</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>581825</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>581832</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>544536</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>544551</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
@@ -9075,135 +9075,135 @@
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>613306</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>527691</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>527718</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
@@ -9524,251 +9524,251 @@
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>616379</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>579285</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>524759</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>524856</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>579147</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
@@ -10257,270 +10257,270 @@
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>557633</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>37277</x:v>
+        <x:v>36237</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>31663</x:v>
+        <x:v>31721</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>557334</x:v>
+        <x:v>557347</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>36237</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
-      <x:c r="E150" s="14" t="s"/>
+      <x:c r="E150" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>31721</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>557347</x:v>
+        <x:v>557590</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
-        <x:v>36237</x:v>
+        <x:v>37277</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
-        <x:v>31721</x:v>
+        <x:v>31663</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>557590</x:v>
+        <x:v>557591</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
-      <x:c r="E152" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>557591</x:v>
+        <x:v>557334</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>47</x:v>
       </x:c>