--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -1352,242 +1352,242 @@
   <x:si>
     <x:t>Miramas Formation - Cfa Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>83200</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Les Arcs</x:t>
   </x:si>
   <x:si>
     <x:t>83460</x:t>
   </x:si>
   <x:si>
     <x:t>LES ARCS</x:t>
   </x:si>
   <x:si>
+    <x:t>Le Cours Messidoro - Pigier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Le Cours Messidoro - Pigier - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCIMP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (Luminy)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ebm Business School</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EBM 5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ebm Business School - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M2S Formation Aubagne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEMENOS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M2s Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fdm Groupe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MITRE-LES-REMPARTS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>manager en marketing du luxe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commerce</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École Pigier Marseille (cours Messidoro)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Pigier Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée F Joliot Curie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO La Cadenelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFC Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A de St-Exupéry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83703</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ST RAPHAEL CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEAULIEU-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention innovation, entreprise et société</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Science politique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESSCA programme grande école</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2031 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">ESARC Evolution - ESGVC </x:t>
   </x:si>
   <x:si>
-    <x:t>ESG</x:t>
+    <x:t>Provence Formation - Lycée Professionnel Charlotte Grawitz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marignane</x:t>
   </x:si>
   <x:si>
-    <x:t>Le Cours Messidoro - Pigier</x:t>
-[...67 lines deleted...]
-  <x:si>
     <x:t>École Pigier Aix en Provence (Cours Messidoro)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Genevoix</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Adam de Craponne</x:t>
   </x:si>
   <x:si>
     <x:t>13651</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée T Aubanel</x:t>
   </x:si>
   <x:si>
     <x:t>84025</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Exupéry</x:t>
   </x:si>
   <x:si>
     <x:t>13326</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 15</x:t>
   </x:si>
   <x:si>
     <x:t>ESID</x:t>
   </x:si>
   <x:si>
     <x:t>Manager marketing et développement de solutions innovantes pour les industries et technologies de santé (MS)</x:t>
   </x:si>
   <x:si>
     <x:t>KEDGE BS</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
+    <x:t>bachelor développeur commercial des filières de la naturalité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École supérieure de commerce des entrepreneurs de la naturalité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marketing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISARA - campus d'Avignon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 09</x:t>
+  </x:si>
+  <x:si>
     <x:t>Centre National d'Enseignement à Distance</x:t>
   </x:si>
   <x:si>
     <x:t>CNED</x:t>
   </x:si>
   <x:si>
     <x:t>86360</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Particulier, individuel , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>CHASSENEUIL-DU-POITOU</x:t>
   </x:si>
   <x:si>
-    <x:t>bachelor développeur commercial des filières de la naturalité</x:t>
-[...52 lines deleted...]
-  <x:si>
     <x:t>Formation Alternance Supérieure - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>EBM 3</x:t>
   </x:si>
   <x:si>
     <x:t>Ebm Business School - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Nice Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CCI</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Digne les Bains</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
@@ -1901,176 +1901,176 @@
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (St Sébasien)</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>My Academy</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation de la Profession de l'Assurance</x:t>
   </x:si>
   <x:si>
     <x:t>IFPASS</x:t>
   </x:si>
   <x:si>
     <x:t>92800</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation de la Profession de l'Assurance - Antenne Marseille</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut Technique et Professionnel Aixois</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sciences-U Lyon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager de la stratégie commerciale spécialisation MBA ingénierie d'affaires (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idrac business School - Compétences Commerce et International - Antenne Grasse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manager de la stratégie marketing omnicanale spécialisation MBA marketing du luxe et innovation</x:t>
   </x:si>
   <x:si>
-    <x:t>Idrac business School - Compétences Commerce et International - Antenne Grasse</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Marketing industriel</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management de l'innovation parcours stratégies digitales et pilotage des innovations numériques</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
-    <x:t>Sciences-U Lyon</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Master mention marketing, vente parcours international business</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention marketing, vente parcours management et marketing des services</x:t>
   </x:si>
   <x:si>
-    <x:t>Manager de la stratégie commerciale spécialisation MBA ingénierie d'affaires (Contrat de Professionnalisation)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Aftral</x:t>
   </x:si>
   <x:si>
     <x:t>75017</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Aubagne - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de la stratégie commerciale spécialisation MBA ingénierie d'affaires</x:t>
   </x:si>
   <x:si>
+    <x:t>Propuls Up - Ebm Business School</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Propuls Up - Ebm Business School - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manager de la stratégie marketing omnicanale spécialisation MBA marketing du luxe et innovation (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention marketing, vente parcours marketing intégré dans un monde digitalisé (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Designer de mode et développement de marque</x:t>
   </x:si>
   <x:si>
     <x:t>Octo</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi moins de 26 ans , Handicapé moteur , Jeune 16-25 ans , Particulier, individuel , Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Stylisme habillement</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Designer de mode et développement de marque (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Octo - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité matériaux</x:t>
   </x:si>
   <x:si>
-    <x:t>Propuls Up - Ebm Business School</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Propuls Up - Ebm Business School - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Marketing et stratégie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management de l'innovation parcours marketing des produits innovants</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cfd</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management et commerce international parcours financement stratégies internationales</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention marketing, vente parcours marketing and brand management</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Propuls Up - Ebm Business School - Antenne Nice</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Diderot Education - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management et commerce international parcours management du commerce international</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management et commerce international parcours management international de l'hospitalité</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management de l'innovation parcours recherche, études et conseil en sciences de gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Pertuis</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Cour Maintenon</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
@@ -2183,59 +2183,59 @@
   <x:si>
     <x:t>09/24/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/20/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Idev - Antenne Châteaurenard</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Idev - Antenne Châteaurenard</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en marketing du luxe (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>ROQUEBRUNE-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2024 00:00:00</x:t>
@@ -2258,63 +2258,63 @@
   <x:si>
     <x:t>Manager option retail ou wholesale (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecotec - Ecole Internationale Tunon</x:t>
   </x:si>
   <x:si>
     <x:t>Logistique distribution</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>Campus International Riera</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager de la stratégie marketing omnicanale (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manager de la stratégie commerciale (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Manager de la stratégie marketing omnicanale (Contrat de Professionnalisation)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Manager du développement international (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Stratégie internationale</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional CFAI Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CFAI PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>Triphase Formations</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Association Internationale pour la Formation - Idrac business School - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Avignon</x:t>
   </x:si>
@@ -13049,3217 +13049,3219 @@
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>604793</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
-        <x:v>40248</x:v>
+        <x:v>35377</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
+      <x:c r="E175" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="H175" s="0" t="s">
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>32047</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>592563</x:v>
+        <x:v>603410</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
-        <x:v>111</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
-      <x:c r="E176" s="14" t="s"/>
+      <x:c r="E176" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>545086</x:v>
+        <x:v>609169</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
+      <x:c r="E177" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="H177" s="0" t="s">
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>593936</x:v>
+        <x:v>609170</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
-        <x:v>173</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
-      <x:c r="E178" s="14" t="s"/>
+      <x:c r="E178" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>593948</x:v>
+        <x:v>600142</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>599875</x:v>
+        <x:v>600143</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
-        <x:v>35377</x:v>
+        <x:v>38368</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>323</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
-        <x:v>32047</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>603410</x:v>
+        <x:v>607945</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>609169</x:v>
+        <x:v>608007</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>609170</x:v>
+        <x:v>600279</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>600142</x:v>
+        <x:v>608699</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
-        <x:v>38368</x:v>
+        <x:v>35961</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>34040</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>600143</x:v>
+        <x:v>608710</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>607945</x:v>
+        <x:v>600373</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>432</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>608007</x:v>
+        <x:v>602644</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>436</x:v>
-[...2 lines deleted...]
-        <x:v>437</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>600279</x:v>
+        <x:v>600427</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>608699</x:v>
+        <x:v>598940</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
-        <x:v>35961</x:v>
+        <x:v>36015</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
-      <x:c r="E189" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
-        <x:v>34254</x:v>
+        <x:v>34554</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>608710</x:v>
+        <x:v>596473</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
-      <x:c r="E190" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>600373</x:v>
+        <x:v>593930</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
-      <x:c r="E191" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>602644</x:v>
+        <x:v>593942</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
-      <x:c r="E192" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>600427</x:v>
+        <x:v>593943</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
-      <x:c r="E193" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G193" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>598940</x:v>
+        <x:v>593952</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
-      <x:c r="E194" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>607422</x:v>
+        <x:v>593957</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
-        <x:v>38368</x:v>
+        <x:v>40592</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
-      <x:c r="E195" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
-        <x:v>34040</x:v>
+        <x:v>34057</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>607423</x:v>
+        <x:v>592570</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
-        <x:v>173</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
-        <x:v>35377</x:v>
+        <x:v>38368</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
-        <x:v>32047</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>596725</x:v>
+        <x:v>581340</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
-        <x:v>35915</x:v>
+        <x:v>41077</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>13054</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>595423</x:v>
+        <x:v>606182</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
-        <x:v>35915</x:v>
+        <x:v>36352</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>595424</x:v>
+        <x:v>596954</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
-        <x:v>35907</x:v>
+        <x:v>40248</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
-        <x:v>34566</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>595497</x:v>
+        <x:v>592563</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
-        <x:v>173</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
-        <x:v>35907</x:v>
+        <x:v>38368</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>407</x:v>
-[...1 lines deleted...]
-      <x:c r="H200" s="14" t="s"/>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="H200" s="14" t="s">
+        <x:v>215</x:v>
+      </x:c>
       <x:c r="I200" s="16" t="s">
-        <x:v>408</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
-        <x:v>34566</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>595498</x:v>
+        <x:v>545086</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
-        <x:v>38583</x:v>
+        <x:v>38368</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
-        <x:v>34076</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>597476</x:v>
+        <x:v>593936</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
-        <x:v>38583</x:v>
+        <x:v>38368</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
-        <x:v>34076</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>597477</x:v>
+        <x:v>593948</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
-        <x:v>41077</x:v>
+        <x:v>35377</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
-        <x:v>13054</x:v>
+        <x:v>32047</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>606182</x:v>
+        <x:v>596725</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
-        <x:v>173</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
-        <x:v>36352</x:v>
+        <x:v>38368</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
-      <x:c r="E204" s="14" t="s"/>
+      <x:c r="E204" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
-        <x:v>32025</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>596954</x:v>
+        <x:v>607422</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
+      <x:c r="E205" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>604519</x:v>
+        <x:v>607423</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
-        <x:v>111</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
-        <x:v>38368</x:v>
+        <x:v>38583</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>214</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>34040</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>606290</x:v>
+        <x:v>597476</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
-        <x:v>38368</x:v>
+        <x:v>38583</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>34040</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>593929</x:v>
+        <x:v>597477</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
-        <x:v>38368</x:v>
+        <x:v>35915</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
-        <x:v>34040</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>593934</x:v>
+        <x:v>595423</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
-        <x:v>38368</x:v>
+        <x:v>35915</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
-        <x:v>34040</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>593940</x:v>
+        <x:v>595424</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
-        <x:v>38368</x:v>
+        <x:v>35907</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
-        <x:v>34040</x:v>
+        <x:v>34566</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>593946</x:v>
+        <x:v>595497</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
-        <x:v>38368</x:v>
+        <x:v>35907</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
-        <x:v>34040</x:v>
+        <x:v>34566</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>593950</x:v>
+        <x:v>595498</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
-        <x:v>173</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
-      <x:c r="E212" s="14" t="s"/>
+      <x:c r="E212" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>593953</x:v>
+        <x:v>599875</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>593954</x:v>
+        <x:v>593929</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
-        <x:v>111</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>214</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>545091</x:v>
+        <x:v>593934</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
-        <x:v>214</x:v>
-[...2 lines deleted...]
-        <x:v>215</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>545094</x:v>
+        <x:v>593940</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
-        <x:v>40248</x:v>
+        <x:v>38368</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>592561</x:v>
+        <x:v>593946</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
-        <x:v>37814</x:v>
+        <x:v>38368</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>32043</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>592005</x:v>
+        <x:v>593950</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
-        <x:v>111</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>241</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>598434</x:v>
+        <x:v>593953</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
-        <x:v>41354</x:v>
+        <x:v>38368</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>32025</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>606193</x:v>
+        <x:v>593954</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
-        <x:v>471</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>615767</x:v>
+        <x:v>545091</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>473</x:v>
-[...1 lines deleted...]
-      <x:c r="C221" s="3" t="s"/>
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="C221" s="3" t="n">
+        <x:v>38368</x:v>
+      </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="H221" s="0" t="s">
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="J221" s="0" t="s">
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
-        <x:v>34052</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>591928</x:v>
+        <x:v>545094</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
-        <x:v>35915</x:v>
+        <x:v>40248</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>595421</x:v>
+        <x:v>592561</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
-        <x:v>36015</x:v>
+        <x:v>37814</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
-        <x:v>34554</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>596473</x:v>
+        <x:v>592005</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
-        <x:v>173</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>481</x:v>
-[...1 lines deleted...]
-      <x:c r="H224" s="14" t="s"/>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="H224" s="14" t="s">
+        <x:v>242</x:v>
+      </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>593930</x:v>
+        <x:v>598434</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
-        <x:v>38368</x:v>
+        <x:v>41354</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
-        <x:v>34040</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>593942</x:v>
+        <x:v>606193</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>112</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>384</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
-        <x:v>34040</x:v>
+        <x:v>34052</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>593943</x:v>
+        <x:v>591928</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
-        <x:v>38368</x:v>
+        <x:v>35915</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
-        <x:v>34040</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>593952</x:v>
+        <x:v>595421</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
-        <x:v>173</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>487</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>487</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>593957</x:v>
+        <x:v>604519</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
-        <x:v>40592</x:v>
+        <x:v>38368</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="H229" s="0" t="s">
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>34057</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>592570</x:v>
+        <x:v>606290</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>295</x:v>
-[...1 lines deleted...]
-      <x:c r="H230" s="14" t="s"/>
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="H230" s="14" t="s">
+        <x:v>487</x:v>
+      </x:c>
       <x:c r="I230" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>581340</x:v>
+        <x:v>615767</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
@@ -16294,57 +16296,57 @@
         <x:v>600261</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -16713,202 +16715,203 @@
       <x:c r="S238" s="14" t="n">
         <x:v>603630</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>599384</x:v>
+        <x:v>605204</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>214</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>504</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>607818</x:v>
+        <x:v>599384</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="H241" s="0" t="s">
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>605204</x:v>
+        <x:v>607818</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>505</x:v>
@@ -18084,51 +18087,51 @@
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>553083</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>37814</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>32043</x:v>
@@ -20062,51 +20065,51 @@
         <x:v>386</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>551969</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
@@ -21720,57 +21723,57 @@
       <x:c r="S324" s="14" t="n">
         <x:v>556169</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="E325" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -22073,78 +22076,78 @@
       <x:c r="S330" s="14" t="n">
         <x:v>547441</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="E331" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="H331" s="0" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="I331" s="4" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="J331" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="K331" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="L331" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="M331" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N331" s="3" t="n">
+        <x:v>34040</x:v>
+      </x:c>
+      <x:c r="O331" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="P331" s="0" t="s">
         <x:v>436</x:v>
-      </x:c>
-[...25 lines deleted...]
-        <x:v>439</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>572164</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
@@ -22159,51 +22162,51 @@
         <x:v>293</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>554106</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
@@ -22489,57 +22492,57 @@
         <x:v>554814</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="I338" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
@@ -23312,1934 +23315,1937 @@
         <x:v>546968</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
-        <x:v>606</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
-        <x:v>608</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>609</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>549086</x:v>
+        <x:v>557775</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="E353" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="H353" s="0" t="s">
+        <x:v>607</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>557775</x:v>
+        <x:v>549086</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
-        <x:v>111</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
-        <x:v>610</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
-        <x:v>36519</x:v>
+        <x:v>38368</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
-      <x:c r="E354" s="14" t="s"/>
+      <x:c r="E354" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
-        <x:v>611</x:v>
-[...1 lines deleted...]
-      <x:c r="H354" s="14" t="s"/>
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H354" s="14" t="s">
+        <x:v>219</x:v>
+      </x:c>
       <x:c r="I354" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
-        <x:v>34091</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
-        <x:v>612</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
-        <x:v>611</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>537652</x:v>
+        <x:v>545161</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
-        <x:v>600</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
-        <x:v>35910</x:v>
+        <x:v>38368</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
+      <x:c r="E355" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G355" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
-        <x:v>32070</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>575874</x:v>
+        <x:v>551915</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>592</x:v>
+        <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
-        <x:v>111</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
-      <x:c r="E356" s="14" t="s"/>
+      <x:c r="E356" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
-        <x:v>214</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K356" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>554038</x:v>
+        <x:v>552265</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="E357" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>546785</x:v>
+        <x:v>552308</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
-        <x:v>38583</x:v>
+        <x:v>38368</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
-        <x:v>320</x:v>
-[...1 lines deleted...]
-      <x:c r="H358" s="14" t="s"/>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="H358" s="14" t="s">
+        <x:v>145</x:v>
+      </x:c>
       <x:c r="I358" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
-        <x:v>34076</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>550544</x:v>
+        <x:v>556858</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="E359" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
-        <x:v>617</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>550672</x:v>
+        <x:v>549478</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
-        <x:v>38368</x:v>
+        <x:v>35961</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
-        <x:v>616</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
-        <x:v>617</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
-        <x:v>34040</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>550673</x:v>
+        <x:v>556201</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="E361" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>545161</x:v>
+        <x:v>560180</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
-        <x:v>214</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>554798</x:v>
+        <x:v>542369</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="H363" s="0" t="s">
+        <x:v>487</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>545104</x:v>
+        <x:v>573432</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
-        <x:v>111</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
-      <x:c r="E364" s="14" t="s"/>
+      <x:c r="E364" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K364" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>542369</x:v>
+        <x:v>546785</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
-        <x:v>38368</x:v>
+        <x:v>38583</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
+      <x:c r="E365" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G365" s="0" t="s">
-        <x:v>468</x:v>
-[...2 lines deleted...]
-        <x:v>469</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
-        <x:v>34040</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>573432</x:v>
+        <x:v>550544</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>618</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>618</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>560180</x:v>
+        <x:v>550672</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
-        <x:v>35907</x:v>
+        <x:v>38368</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
+      <x:c r="E367" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G367" s="0" t="s">
-        <x:v>590</x:v>
-[...2 lines deleted...]
-        <x:v>591</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
-        <x:v>34566</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>595</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>596</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>575025</x:v>
+        <x:v>550673</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>592</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>621</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
-        <x:v>35907</x:v>
+        <x:v>38368</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
-        <x:v>590</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s">
-        <x:v>591</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I368" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
-        <x:v>34566</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
-        <x:v>595</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>596</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>575026</x:v>
+        <x:v>554798</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>592</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
-      <x:c r="E369" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G369" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="H369" s="0" t="s">
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>552614</x:v>
+        <x:v>554797</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
-        <x:v>38368</x:v>
+        <x:v>36518</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
-      <x:c r="E370" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
-        <x:v>144</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
-        <x:v>34040</x:v>
+        <x:v>34030</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>556858</x:v>
+        <x:v>537647</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>584</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
-        <x:v>38368</x:v>
+        <x:v>36519</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
-      <x:c r="E371" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G371" s="0" t="s">
-        <x:v>279</x:v>
-[...2 lines deleted...]
-        <x:v>280</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
-        <x:v>34040</x:v>
+        <x:v>34091</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>551915</x:v>
+        <x:v>537652</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>571</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
-        <x:v>38368</x:v>
+        <x:v>35910</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
-      <x:c r="E372" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>339</x:v>
-[...1 lines deleted...]
-      <x:c r="H372" s="14" t="s"/>
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="H372" s="14" t="s">
+        <x:v>591</x:v>
+      </x:c>
       <x:c r="I372" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
-        <x:v>34040</x:v>
+        <x:v>32070</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>552265</x:v>
+        <x:v>575874</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
-      <x:c r="E373" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G373" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="H373" s="0" t="s">
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>552308</x:v>
+        <x:v>554038</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
-        <x:v>214</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>554797</x:v>
+        <x:v>545104</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
-        <x:v>38368</x:v>
+        <x:v>35907</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
-      <x:c r="E375" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G375" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="H375" s="0" t="s">
+        <x:v>591</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
-        <x:v>34040</x:v>
+        <x:v>34566</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>549478</x:v>
+        <x:v>575025</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
-        <x:v>35961</x:v>
+        <x:v>35907</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
-      <x:c r="E376" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
-        <x:v>347</x:v>
-[...1 lines deleted...]
-      <x:c r="H376" s="14" t="s"/>
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="H376" s="14" t="s">
+        <x:v>591</x:v>
+      </x:c>
       <x:c r="I376" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
-        <x:v>34254</x:v>
+        <x:v>34566</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>556201</x:v>
+        <x:v>575026</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
-        <x:v>36518</x:v>
+        <x:v>38368</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
+      <x:c r="E377" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G377" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
-        <x:v>34030</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>537647</x:v>
+        <x:v>557776</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>600</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>557776</x:v>
+        <x:v>548987</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="E379" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
-        <x:v>624</x:v>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H379" s="0" t="s">
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
-        <x:v>625</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>626</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>548987</x:v>
+        <x:v>569115</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="I380" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>569115</x:v>
+        <x:v>549221</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
-        <x:v>38368</x:v>
+        <x:v>40248</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="E381" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
-        <x:v>364</x:v>
-[...2 lines deleted...]
-        <x:v>365</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
-        <x:v>34040</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>549221</x:v>
+        <x:v>560765</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>627</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
-        <x:v>40248</x:v>
+        <x:v>36518</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
-      <x:c r="E382" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>34030</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>560765</x:v>
+        <x:v>537648</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>627</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
-        <x:v>36518</x:v>
+        <x:v>38368</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
+      <x:c r="E383" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G383" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
-        <x:v>34030</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>537648</x:v>
+        <x:v>549435</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>600</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>629</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>36519</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>611</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>34091</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
-        <x:v>612</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>611</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>537651</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
@@ -25465,98 +25471,98 @@
       <x:c r="S388" s="14" t="n">
         <x:v>554923</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="E389" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>552580</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
-        <x:v>630</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>35907</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I390" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
@@ -25573,141 +25579,141 @@
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>558143</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>38783</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>21775</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>547033</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>638</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>636</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>38783</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>632</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>21775</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
-        <x:v>634</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>637</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>555285</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
@@ -25921,51 +25927,51 @@
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>554040</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>638</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>37582</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>30</x:v>
@@ -25989,76 +25995,76 @@
         <x:v>575052</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
-        <x:v>639</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
-        <x:v>640</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
-        <x:v>641</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>549434</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
@@ -26271,51 +26277,51 @@
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>575551</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>40710</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>32025</x:v>
@@ -26325,90 +26331,90 @@
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>578121</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>643</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>35910</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="I404" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>32070</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
-        <x:v>614</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>615</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>575872</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
@@ -26436,51 +26442,51 @@
       <x:c r="M405" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>546433</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>645</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>37786</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
         <x:v>161</x:v>
@@ -26515,75 +26521,75 @@
       <x:c r="S406" s="14" t="n">
         <x:v>555943</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="E407" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>549558</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
@@ -26631,140 +26637,140 @@
       <x:c r="S408" s="14" t="n">
         <x:v>545648</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="E409" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>546011</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>546057</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="E411" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -26794,110 +26800,110 @@
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>546962</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>646</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>35915</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="I412" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>614</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
-        <x:v>615</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>575875</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>35907</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>30</x:v>
@@ -26952,51 +26958,51 @@
       <x:c r="J414" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
-        <x:v>648</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>546873</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="E415" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -27142,51 +27148,51 @@
       <x:c r="M417" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>556627</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>649</x:v>
+        <x:v>650</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
@@ -27376,1446 +27382,1451 @@
       <x:c r="M421" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>547200</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>650</x:v>
+        <x:v>651</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
-        <x:v>639</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
-        <x:v>640</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
-        <x:v>651</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>549435</x:v>
+        <x:v>549476</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="E423" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>549476</x:v>
+        <x:v>557580</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>557580</x:v>
+        <x:v>554097</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>585</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="E425" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>554097</x:v>
+        <x:v>554292</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>554292</x:v>
+        <x:v>547578</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="E427" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="H427" s="0" t="s">
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>547578</x:v>
+        <x:v>548514</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
-        <x:v>289</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>548514</x:v>
+        <x:v>571085</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="E429" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H429" s="0" t="s">
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>571085</x:v>
+        <x:v>553202</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
-        <x:v>189</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>553202</x:v>
+        <x:v>552309</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="E431" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>552309</x:v>
+        <x:v>587350</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
-        <x:v>605</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
-        <x:v>605</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
-        <x:v>587350</x:v>
+        <x:v>545663</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
-        <x:v>584</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="E433" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>545663</x:v>
+        <x:v>546012</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>546012</x:v>
+        <x:v>553017</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="E435" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
-        <x:v>597</x:v>
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="H435" s="0" t="s">
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
-        <x:v>598</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
-        <x:v>553017</x:v>
+        <x:v>555016</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
-        <x:v>373</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K436" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
-        <x:v>555016</x:v>
+        <x:v>546784</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="E437" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
-        <x:v>546784</x:v>
+        <x:v>550564</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
-        <x:v>32</x:v>
-[...1 lines deleted...]
-      <x:c r="H438" s="14" t="s"/>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H438" s="14" t="s">
+        <x:v>190</x:v>
+      </x:c>
       <x:c r="I438" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
-        <x:v>550564</x:v>
+        <x:v>552848</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="E439" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
-        <x:v>189</x:v>
-[...2 lines deleted...]
-        <x:v>190</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>552848</x:v>
+        <x:v>545031</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
-      <x:c r="E440" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
-        <x:v>545031</x:v>
+        <x:v>545110</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
+      <x:c r="E441" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G441" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
-        <x:v>545110</x:v>
+        <x:v>553821</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
-        <x:v>553821</x:v>
+        <x:v>547201</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
-        <x:v>584</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="E443" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
-        <x:v>547201</x:v>
+        <x:v>545561</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
-        <x:v>395</x:v>
-[...1 lines deleted...]
-      <x:c r="H444" s="14" t="s"/>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="H444" s="14" t="s">
+        <x:v>215</x:v>
+      </x:c>
       <x:c r="I444" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
-        <x:v>545561</x:v>
+        <x:v>556459</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="E445" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
-        <x:v>556459</x:v>
+        <x:v>556463</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>214</x:v>
@@ -28823,531 +28834,530 @@
       <x:c r="H446" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I446" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>556463</x:v>
+        <x:v>556468</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="E447" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H447" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>556468</x:v>
+        <x:v>556513</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>650</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
-        <x:v>38368</x:v>
+        <x:v>35915</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
-      <x:c r="E448" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="I448" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
-        <x:v>34040</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>556513</x:v>
+        <x:v>575876</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>649</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>35915</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>575876</x:v>
+        <x:v>575877</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
-        <x:v>654</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
-        <x:v>35915</x:v>
+        <x:v>35910</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="I450" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>32070</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
-        <x:v>614</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
-        <x:v>615</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>575877</x:v>
+        <x:v>575873</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
-        <x:v>35910</x:v>
+        <x:v>38368</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
+      <x:c r="E451" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G451" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
-        <x:v>32070</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
-        <x:v>575873</x:v>
+        <x:v>552719</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
-        <x:v>592</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
-        <x:v>38368</x:v>
+        <x:v>35377</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
-      <x:c r="E452" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="I452" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
-        <x:v>34040</x:v>
+        <x:v>32047</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>552719</x:v>
+        <x:v>575976</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
-        <x:v>35377</x:v>
+        <x:v>38368</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
+      <x:c r="E453" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G453" s="0" t="s">
-        <x:v>590</x:v>
-[...2 lines deleted...]
-        <x:v>591</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
-        <x:v>32047</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>575976</x:v>
+        <x:v>583334</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>592</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>583334</x:v>
+        <x:v>552614</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="E455" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
@@ -29360,51 +29370,51 @@
       <x:c r="J455" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>558864</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -29746,265 +29756,266 @@
         <x:v>548469</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
-        <x:v>336</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>555758</x:v>
+        <x:v>556211</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
-        <x:v>37786</x:v>
+        <x:v>38368</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="E463" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>555945</x:v>
+        <x:v>555758</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
-        <x:v>38368</x:v>
+        <x:v>37786</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="I464" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
-        <x:v>34040</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>556109</x:v>
+        <x:v>555945</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="E465" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H465" s="0" t="s">
+        <x:v>287</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>556211</x:v>
+        <x:v>556109</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>522</x:v>
@@ -30517,51 +30528,51 @@
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="C475" s="3" t="s"/>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="G475" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>581460</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
@@ -30725,51 +30736,51 @@
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="C479" s="3" t="s"/>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>566998</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
@@ -30778,51 +30789,51 @@
       <x:c r="C480" s="15" t="s"/>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s"/>
       <x:c r="K480" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>566999</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>678</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
@@ -30926,51 +30937,51 @@
       <x:c r="U482" s="16" t="s">
         <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>546597</x:v>
       </x:c>
@@ -31049,51 +31060,51 @@
         <x:v>36519</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>34091</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>546603</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
@@ -31593,85 +31604,85 @@
       <x:c r="M494" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>509509</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>638</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="C495" s="3" t="s"/>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="H495" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>578630</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>694</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
@@ -31682,51 +31693,51 @@
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="I496" s="16" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s"/>
       <x:c r="K496" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>578631</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>694</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
@@ -31934,51 +31945,51 @@
       <x:c r="M500" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
         <x:v>498533</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>638</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="E501" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -32052,51 +32063,51 @@
       <x:c r="M502" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
         <x:v>504401</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
-        <x:v>649</x:v>
+        <x:v>650</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="E503" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H503" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
@@ -32112,51 +32123,51 @@
       <x:c r="M503" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
         <x:v>521153</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>649</x:v>
+        <x:v>650</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I504" s="16" t="s">
         <x:v>75</x:v>
@@ -32173,51 +32184,51 @@
       <x:c r="M504" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
         <x:v>504107</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>649</x:v>
+        <x:v>650</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="E505" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -32475,51 +32486,51 @@
       <x:c r="M509" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
         <x:v>504138</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
-        <x:v>649</x:v>
+        <x:v>650</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
@@ -32638,227 +32649,226 @@
         <x:v>386</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s"/>
       <x:c r="I512" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K512" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
-        <x:v>502691</x:v>
+        <x:v>502690</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
-        <x:v>704</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
-        <x:v>705</x:v>
+        <x:v>706</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>65</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="C513" s="3" t="s"/>
       <x:c r="D513" s="3" t="s"/>
-      <x:c r="E513" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G513" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
-        <x:v>34040</x:v>
+        <x:v>13096</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
-        <x:v>502690</x:v>
+        <x:v>529438</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
-        <x:v>705</x:v>
+        <x:v>707</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
-        <x:v>111</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
-        <x:v>573</x:v>
-[...1 lines deleted...]
-      <x:c r="C514" s="15" t="s"/>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="C514" s="15" t="n">
+        <x:v>38368</x:v>
+      </x:c>
       <x:c r="D514" s="15" t="s"/>
-      <x:c r="E514" s="14" t="s"/>
+      <x:c r="E514" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K514" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
-        <x:v>13096</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
-        <x:v>574</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>529438</x:v>
+        <x:v>502691</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
-        <x:v>704</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
-        <x:v>707</x:v>
+        <x:v>706</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="C515" s="3" t="s"/>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>13096</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
         <x:v>529437</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
         <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
@@ -32873,93 +32883,93 @@
       <x:c r="L516" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
         <x:v>495739</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
-        <x:v>704</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
         <x:v>36015</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="E517" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>34554</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
         <x:v>499952</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
@@ -32974,51 +32984,51 @@
       </x:c>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s"/>
       <x:c r="I518" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K518" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>34554</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
         <x:v>499951</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
@@ -33244,90 +33254,90 @@
       <x:c r="S522" s="14" t="n">
         <x:v>499922</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="E523" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
-        <x:v>503977</x:v>
+        <x:v>494876</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
-        <x:v>714</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s"/>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s"/>
       <x:c r="I524" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -33358,90 +33368,90 @@
       <x:c r="S524" s="14" t="n">
         <x:v>545105</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="E525" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
-        <x:v>494876</x:v>
+        <x:v>503977</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>714</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s"/>
       <x:c r="I526" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s">
@@ -33513,51 +33523,51 @@
       <x:c r="M527" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
         <x:v>509962</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
-        <x:v>649</x:v>
+        <x:v>650</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I528" s="16" t="s">
         <x:v>161</x:v>
@@ -34277,99 +34287,102 @@
       <x:c r="M540" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
         <x:v>504964</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>638</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="G541" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="H541" s="0" t="s">
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
-        <x:v>545112</x:v>
+        <x:v>545089</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s"/>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s">
@@ -34381,462 +34394,464 @@
       <x:c r="J542" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K542" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
-        <x:v>545089</x:v>
+        <x:v>545093</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D543" s="3" t="s"/>
+      <x:c r="E543" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G543" s="0" t="s">
-        <x:v>214</x:v>
-[...2 lines deleted...]
-        <x:v>215</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
-        <x:v>545093</x:v>
+        <x:v>508719</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C544" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s"/>
       <x:c r="I544" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="J544" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K544" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
-        <x:v>508719</x:v>
+        <x:v>508720</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="E545" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
-        <x:v>508720</x:v>
+        <x:v>508789</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D546" s="15" t="s"/>
-      <x:c r="E546" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E546" s="14" t="s"/>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
-        <x:v>293</x:v>
-[...1 lines deleted...]
-      <x:c r="H546" s="14" t="s"/>
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="H546" s="14" t="s">
+        <x:v>607</x:v>
+      </x:c>
       <x:c r="I546" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K546" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
-        <x:v>508789</x:v>
+        <x:v>519105</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
-        <x:v>584</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C547" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D547" s="3" t="s"/>
+      <x:c r="E547" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G547" s="0" t="s">
-        <x:v>606</x:v>
-[...2 lines deleted...]
-        <x:v>607</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
-        <x:v>608</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
-        <x:v>608</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
-        <x:v>519105</x:v>
+        <x:v>510013</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>638</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C548" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
-        <x:v>357</x:v>
-[...1 lines deleted...]
-      <x:c r="H548" s="14" t="s"/>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="H548" s="14" t="s">
+        <x:v>215</x:v>
+      </x:c>
       <x:c r="I548" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K548" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
-        <x:v>510013</x:v>
+        <x:v>511071</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C549" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="E549" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H549" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M549" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
-        <x:v>511071</x:v>
+        <x:v>511072</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C550" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D550" s="15" t="s"/>
       <x:c r="E550" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F550" s="14" t="s"/>
       <x:c r="G550" s="14" t="s">
         <x:v>214</x:v>
@@ -34844,651 +34859,645 @@
       <x:c r="H550" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I550" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J550" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K550" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L550" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M550" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N550" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O550" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P550" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
-        <x:v>511072</x:v>
+        <x:v>511075</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C551" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D551" s="3" t="s"/>
       <x:c r="E551" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="H551" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J551" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
-        <x:v>511075</x:v>
+        <x:v>497635</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C552" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
-        <x:v>382</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="H552" s="14" t="s"/>
       <x:c r="I552" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K552" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
-        <x:v>497635</x:v>
+        <x:v>502365</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C553" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="E553" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="H553" s="0" t="s">
+        <x:v>213</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J553" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
-        <x:v>502365</x:v>
+        <x:v>502622</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C554" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="H554" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="I554" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J554" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K554" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L554" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M554" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N554" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O554" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="Q554" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
-        <x:v>502622</x:v>
+        <x:v>495179</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C555" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D555" s="3" t="s"/>
       <x:c r="E555" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
-        <x:v>618</x:v>
-[...2 lines deleted...]
-        <x:v>619</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
-        <x:v>495179</x:v>
+        <x:v>494821</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s"/>
       <x:c r="I556" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K556" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
-        <x:v>494821</x:v>
+        <x:v>547577</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="E557" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
-        <x:v>547577</x:v>
+        <x:v>512010</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>726</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
-        <x:v>553</x:v>
-[...1 lines deleted...]
-      <x:c r="H558" s="14" t="s"/>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="H558" s="14" t="s">
+        <x:v>215</x:v>
+      </x:c>
       <x:c r="I558" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K558" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
-        <x:v>553</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
-        <x:v>512010</x:v>
+        <x:v>511073</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
-        <x:v>726</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
-      <x:c r="E559" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G559" s="0" t="s">
-        <x:v>214</x:v>
-[...2 lines deleted...]
-        <x:v>215</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
-        <x:v>511073</x:v>
+        <x:v>545102</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s"/>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K560" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
-        <x:v>545102</x:v>
+        <x:v>545112</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="E561" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
@@ -35584,1550 +35593,1550 @@
       <x:c r="S562" s="14" t="n">
         <x:v>504963</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
         <x:v>727</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="E563" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="H563" s="0" t="s">
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
-        <x:v>501308</x:v>
+        <x:v>497324</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C564" s="15" t="n">
-        <x:v>35961</x:v>
+        <x:v>38368</x:v>
       </x:c>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H564" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I564" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="J564" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K564" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
-        <x:v>34254</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
-        <x:v>599</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
-        <x:v>500543</x:v>
+        <x:v>515221</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
-        <x:v>592</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
-        <x:v>35961</x:v>
+        <x:v>38368</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="E565" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
-        <x:v>34254</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
-        <x:v>556202</x:v>
+        <x:v>501308</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
-        <x:v>525</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C566" s="15" t="n">
-        <x:v>38368</x:v>
+        <x:v>35961</x:v>
       </x:c>
       <x:c r="D566" s="15" t="s"/>
-      <x:c r="E566" s="14" t="s"/>
+      <x:c r="E566" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
-        <x:v>680</x:v>
-[...1 lines deleted...]
-      <x:c r="H566" s="14" t="s"/>
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="H566" s="14" t="s">
+        <x:v>290</x:v>
+      </x:c>
       <x:c r="I566" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K566" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
-        <x:v>34040</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
-        <x:v>680</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
-        <x:v>506876</x:v>
+        <x:v>500543</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
-        <x:v>584</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
-        <x:v>36518</x:v>
+        <x:v>35961</x:v>
       </x:c>
       <x:c r="D567" s="3" t="s"/>
+      <x:c r="E567" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G567" s="0" t="s">
-        <x:v>680</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
-        <x:v>34030</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
-        <x:v>680</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
-        <x:v>498272</x:v>
+        <x:v>556202</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
-        <x:v>592</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
-      <x:c r="E568" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E568" s="14" t="s"/>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
-        <x:v>218</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>680</x:v>
+      </x:c>
+      <x:c r="H568" s="14" t="s"/>
       <x:c r="I568" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="J568" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K568" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
-        <x:v>515172</x:v>
+        <x:v>498270</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
-        <x:v>584</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="E569" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="H569" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="J569" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
-        <x:v>508749</x:v>
+        <x:v>504703</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C570" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="H570" s="14" t="s"/>
       <x:c r="I570" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="J570" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K570" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
-        <x:v>496171</x:v>
+        <x:v>525363</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C571" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D571" s="3" t="s"/>
-      <x:c r="E571" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G571" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
-        <x:v>499333</x:v>
+        <x:v>504652</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C572" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
-        <x:v>616</x:v>
-[...1 lines deleted...]
-      <x:c r="H572" s="14" t="s"/>
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="H572" s="14" t="s">
+        <x:v>506</x:v>
+      </x:c>
       <x:c r="I572" s="16" t="s">
-        <x:v>617</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K572" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
-        <x:v>535323</x:v>
+        <x:v>496124</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
-        <x:v>507</x:v>
+        <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C573" s="3" t="n">
-        <x:v>36519</x:v>
+        <x:v>36914</x:v>
       </x:c>
       <x:c r="D573" s="3" t="s"/>
+      <x:c r="E573" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G573" s="0" t="s">
-        <x:v>680</x:v>
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="H573" s="0" t="s">
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L573" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M573" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N573" s="3" t="n">
-        <x:v>34091</x:v>
+        <x:v>32016</x:v>
       </x:c>
       <x:c r="O573" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="P573" s="0" t="s">
-        <x:v>680</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
-        <x:v>498273</x:v>
+        <x:v>498939</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
-        <x:v>592</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
-        <x:v>525</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C574" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D574" s="15" t="s"/>
-      <x:c r="E574" s="14" t="s"/>
+      <x:c r="E574" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H574" s="14" t="s"/>
       <x:c r="I574" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K574" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
-        <x:v>510792</x:v>
+        <x:v>499335</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
-        <x:v>731</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
-        <x:v>36492</x:v>
+        <x:v>36518</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
-      <x:c r="E575" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G575" s="0" t="s">
-        <x:v>373</x:v>
-[...2 lines deleted...]
-        <x:v>374</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="J575" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="L575" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M575" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N575" s="3" t="n">
-        <x:v>32005</x:v>
+        <x:v>34030</x:v>
       </x:c>
       <x:c r="O575" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="P575" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="Q575" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="R575" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S575" s="0" t="n">
-        <x:v>541763</x:v>
+        <x:v>513404</x:v>
       </x:c>
       <x:c r="T575" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U575" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:21">
       <x:c r="A576" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="B576" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C576" s="15" t="n">
-        <x:v>38368</x:v>
+        <x:v>36519</x:v>
       </x:c>
       <x:c r="D576" s="15" t="s"/>
-      <x:c r="E576" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E576" s="14" t="s"/>
       <x:c r="F576" s="14" t="s"/>
       <x:c r="G576" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="H576" s="14" t="s"/>
       <x:c r="I576" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="J576" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K576" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L576" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M576" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
-        <x:v>34040</x:v>
+        <x:v>34091</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
-        <x:v>497613</x:v>
+        <x:v>498273</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
-        <x:v>584</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C577" s="3" t="n">
-        <x:v>36518</x:v>
+        <x:v>38368</x:v>
       </x:c>
       <x:c r="D577" s="3" t="s"/>
       <x:c r="G577" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I577" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J577" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
-        <x:v>34030</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O577" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P577" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
-        <x:v>513404</x:v>
+        <x:v>510792</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
-        <x:v>592</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C578" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D578" s="15" t="s"/>
       <x:c r="E578" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F578" s="14" t="s"/>
       <x:c r="G578" s="14" t="s">
-        <x:v>189</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="H578" s="14" t="s"/>
       <x:c r="I578" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J578" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K578" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L578" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M578" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N578" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O578" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P578" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q578" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R578" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
-        <x:v>502028</x:v>
+        <x:v>496171</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C579" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D579" s="3" t="s"/>
       <x:c r="E579" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
-        <x:v>286</x:v>
-[...2 lines deleted...]
-        <x:v>287</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I579" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J579" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L579" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M579" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
-        <x:v>506752</x:v>
+        <x:v>499333</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C580" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D580" s="15" t="s"/>
       <x:c r="E580" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
-        <x:v>247</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="H580" s="14" t="s"/>
       <x:c r="I580" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="J580" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K580" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L580" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M580" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N580" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O580" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P580" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
-        <x:v>497324</x:v>
+        <x:v>535323</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
-        <x:v>584</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C581" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D581" s="3" t="s"/>
-      <x:c r="E581" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G581" s="0" t="s">
-        <x:v>366</x:v>
-[...2 lines deleted...]
-        <x:v>219</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="I581" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="J581" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
-        <x:v>515221</x:v>
+        <x:v>506876</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="C582" s="15" t="n">
-        <x:v>38368</x:v>
+        <x:v>36518</x:v>
       </x:c>
       <x:c r="D582" s="15" t="s"/>
-      <x:c r="E582" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E582" s="14" t="s"/>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
-        <x:v>432</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>680</x:v>
+      </x:c>
+      <x:c r="H582" s="14" t="s"/>
       <x:c r="I582" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="J582" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K582" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L582" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
-        <x:v>34040</x:v>
+        <x:v>34030</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
-        <x:v>602</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
-        <x:v>504703</x:v>
+        <x:v>498272</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
-        <x:v>584</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C583" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D583" s="3" t="s"/>
+      <x:c r="E583" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G583" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H583" s="0" t="s">
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J583" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O583" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P583" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
-        <x:v>504652</x:v>
+        <x:v>502028</x:v>
       </x:c>
       <x:c r="T583" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U583" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C584" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D584" s="15" t="s"/>
       <x:c r="E584" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F584" s="14" t="s"/>
       <x:c r="G584" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H584" s="14" t="s">
-        <x:v>506</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="I584" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J584" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K584" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L584" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M584" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N584" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O584" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P584" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q584" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R584" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S584" s="14" t="n">
-        <x:v>496124</x:v>
+        <x:v>506752</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
-        <x:v>733</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C585" s="3" t="n">
-        <x:v>36914</x:v>
+        <x:v>38368</x:v>
       </x:c>
       <x:c r="D585" s="3" t="s"/>
       <x:c r="E585" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
-        <x:v>247</x:v>
-[...2 lines deleted...]
-        <x:v>248</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="I585" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="J585" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L585" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M585" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N585" s="3" t="n">
-        <x:v>32016</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O585" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P585" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="Q585" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="R585" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="S585" s="0" t="n">
-        <x:v>498939</x:v>
+        <x:v>497613</x:v>
       </x:c>
       <x:c r="T585" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U585" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:21">
       <x:c r="A586" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B586" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C586" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D586" s="15" t="s"/>
       <x:c r="E586" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F586" s="14" t="s"/>
       <x:c r="G586" s="14" t="s">
-        <x:v>179</x:v>
-[...1 lines deleted...]
-      <x:c r="H586" s="14" t="s"/>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H586" s="14" t="s">
+        <x:v>219</x:v>
+      </x:c>
       <x:c r="I586" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J586" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K586" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L586" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M586" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N586" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O586" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P586" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R586" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
-        <x:v>499335</x:v>
+        <x:v>515172</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C587" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="E587" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="H587" s="0" t="s">
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I587" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J587" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K587" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L587" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M587" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N587" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O587" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P587" s="0" t="s">
-        <x:v>651</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q587" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R587" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S587" s="0" t="n">
-        <x:v>525363</x:v>
+        <x:v>508749</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
-        <x:v>525</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="C588" s="15" t="n">
-        <x:v>38368</x:v>
+        <x:v>36492</x:v>
       </x:c>
       <x:c r="D588" s="15" t="s"/>
-      <x:c r="E588" s="14" t="s"/>
+      <x:c r="E588" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F588" s="14" t="s"/>
       <x:c r="G588" s="14" t="s">
-        <x:v>680</x:v>
-[...1 lines deleted...]
-      <x:c r="H588" s="14" t="s"/>
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="H588" s="14" t="s">
+        <x:v>374</x:v>
+      </x:c>
       <x:c r="I588" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="J588" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K588" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L588" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M588" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N588" s="15" t="n">
-        <x:v>34040</x:v>
+        <x:v>32005</x:v>
       </x:c>
       <x:c r="O588" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="P588" s="14" t="s">
-        <x:v>680</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q588" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="R588" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="S588" s="14" t="n">
-        <x:v>498270</x:v>
+        <x:v>541763</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
-        <x:v>507</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C589" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D589" s="3" t="s"/>
       <x:c r="E589" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I589" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J589" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -37372,51 +37381,51 @@
       <x:c r="M593" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N593" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O593" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P593" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q593" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R593" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S593" s="0" t="n">
         <x:v>552910</x:v>
       </x:c>
       <x:c r="T593" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U593" s="4" t="s">
-        <x:v>733</x:v>
+        <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:21">
       <x:c r="A594" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B594" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C594" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D594" s="15" t="s"/>
       <x:c r="E594" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F594" s="14" t="s"/>
       <x:c r="G594" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H594" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I594" s="16" t="s">
         <x:v>249</x:v>
@@ -37562,75 +37571,75 @@
       <x:c r="R596" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S596" s="14" t="n">
         <x:v>469542</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U596" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C597" s="3" t="n">
         <x:v>36518</x:v>
       </x:c>
       <x:c r="D597" s="3" t="s"/>
       <x:c r="G597" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J597" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M597" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N597" s="3" t="n">
         <x:v>34030</x:v>
       </x:c>
       <x:c r="O597" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="P597" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="Q597" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R597" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
         <x:v>513405</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C598" s="15" t="n">
@@ -37970,76 +37979,76 @@
         <x:v>506129</x:v>
       </x:c>
       <x:c r="T603" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U603" s="4" t="s">
         <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:21">
       <x:c r="A604" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B604" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C604" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D604" s="15" t="s"/>
       <x:c r="E604" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F604" s="14" t="s"/>
       <x:c r="G604" s="14" t="s">
-        <x:v>639</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="H604" s="14" t="s"/>
       <x:c r="I604" s="16" t="s">
-        <x:v>640</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="J604" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K604" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L604" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M604" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N604" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O604" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P604" s="14" t="s">
-        <x:v>641</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="Q604" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R604" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S604" s="14" t="n">
         <x:v>504841</x:v>
       </x:c>
       <x:c r="T604" s="16" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U604" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:21">
       <x:c r="A605" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C605" s="3" t="n">
@@ -38505,54 +38514,54 @@
       <x:c r="S612" s="14" t="n">
         <x:v>495438</x:v>
       </x:c>
       <x:c r="T612" s="16" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U612" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:21">
       <x:c r="A613" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C613" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D613" s="3" t="s"/>
       <x:c r="E613" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="I613" s="4" t="s">
-        <x:v>617</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="J613" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L613" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M613" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N613" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O613" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P613" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q613" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
@@ -39447,75 +39456,75 @@
       <x:c r="R628" s="14" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="S628" s="14" t="n">
         <x:v>500433</x:v>
       </x:c>
       <x:c r="T628" s="16" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U628" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:21">
       <x:c r="A629" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C629" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D629" s="3" t="s"/>
       <x:c r="G629" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="I629" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="J629" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K629" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L629" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M629" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N629" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O629" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P629" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q629" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R629" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S629" s="0" t="n">
         <x:v>504653</x:v>
       </x:c>
       <x:c r="T629" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U629" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:21">
       <x:c r="A630" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B630" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C630" s="15" t="n">
@@ -39565,75 +39574,75 @@
       <x:c r="S630" s="14" t="n">
         <x:v>510590</x:v>
       </x:c>
       <x:c r="T630" s="16" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U630" s="16" t="s">
         <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:21">
       <x:c r="A631" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C631" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D631" s="3" t="s"/>
       <x:c r="E631" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G631" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="I631" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J631" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K631" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L631" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M631" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N631" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O631" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P631" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="Q631" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R631" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S631" s="0" t="n">
         <x:v>501354</x:v>
       </x:c>
       <x:c r="T631" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U631" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:21">
       <x:c r="A632" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B632" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C632" s="15" t="n">
@@ -39663,51 +39672,51 @@
       <x:c r="M632" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N632" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O632" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P632" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q632" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R632" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S632" s="14" t="n">
         <x:v>502497</x:v>
       </x:c>
       <x:c r="T632" s="16" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U632" s="16" t="s">
-        <x:v>650</x:v>
+        <x:v>651</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:21">
       <x:c r="A633" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C633" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D633" s="3" t="s"/>
       <x:c r="E633" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="I633" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="J633" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -39928,51 +39937,51 @@
         <x:v>36519</x:v>
       </x:c>
       <x:c r="D637" s="3" t="s"/>
       <x:c r="G637" s="0" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="I637" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="J637" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K637" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L637" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M637" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N637" s="3" t="n">
         <x:v>34091</x:v>
       </x:c>
       <x:c r="O637" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="P637" s="0" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="Q637" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R637" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S637" s="0" t="n">
         <x:v>498275</x:v>
       </x:c>
       <x:c r="T637" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U637" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:21">
       <x:c r="A638" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B638" s="14" t="s">
@@ -40618,51 +40627,51 @@
       </x:c>
       <x:c r="C649" s="3" t="s"/>
       <x:c r="D649" s="3" t="s"/>
       <x:c r="G649" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="H649" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="I649" s="4" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="L649" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M649" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="N649" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O649" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="P649" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q649" s="4" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="R649" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="S649" s="0" t="n">
         <x:v>578634</x:v>
       </x:c>
       <x:c r="T649" s="4" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="U649" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:21">
       <x:c r="A650" s="13" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B650" s="14" t="s">
@@ -40673,51 +40682,51 @@
       <x:c r="E650" s="14" t="s"/>
       <x:c r="F650" s="14" t="s"/>
       <x:c r="G650" s="14" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="H650" s="14" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="I650" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J650" s="14" t="s"/>
       <x:c r="K650" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L650" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M650" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="N650" s="15" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O650" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="P650" s="14" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="Q650" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R650" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S650" s="14" t="n">
         <x:v>523312</x:v>
       </x:c>
       <x:c r="T650" s="16" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="U650" s="16" t="s">
         <x:v>766</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:21">
       <x:c r="A651" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">