--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -440,68 +440,68 @@
   <x:si>
     <x:t>09/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre Professionnel Secrétaire assistant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre Professionnel Secrétaire assistant</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>06250</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant de gestion et d'administration d'entreprise (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CCI Hautes Alpes Formation - Centre Régional et Européen du Tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>CRET</x:t>
   </x:si>
   <x:si>
     <x:t>05100</x:t>
@@ -1298,50 +1298,185 @@
   <x:si>
     <x:t>13181</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée E Zola</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 5</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Calmette</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Artaud</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Esclangon</x:t>
   </x:si>
   <x:si>
     <x:t>04103</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Beau de Rochas</x:t>
   </x:si>
   <x:si>
+    <x:t>LP Sévigné</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP M France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Marie France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Gambetta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP F de Croisset</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP A Dumas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAVAILLON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP du Parc St-Jean</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Colbert</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP E Rostand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP C Jullian</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-11e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP St-Vincent de Paul</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A David Néel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée M Curie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13392</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Amiral de Grasse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-10e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée H Daumier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Jean Monnet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée V Hugo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée I Dauphin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée de Bollène</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOLLENE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée du Coudon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée de l'Arc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORANGE Cedex</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée R Goscinny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAP</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée polyvalent Simone Veil</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Ch Péguy</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Périer</x:t>
   </x:si>
   <x:si>
     <x:t>13295</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée H Matisse</x:t>
   </x:si>
   <x:si>
     <x:t>06140</x:t>
   </x:si>
   <x:si>
     <x:t>VENCE</x:t>
   </x:si>
   <x:si>
     <x:t>LP M Casarès</x:t>
   </x:si>
   <x:si>
     <x:t>84082</x:t>
@@ -1361,191 +1496,56 @@
   <x:si>
     <x:t>LP la Coudoulière</x:t>
   </x:si>
   <x:si>
     <x:t>83181</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ste-Marthe</x:t>
   </x:si>
   <x:si>
     <x:t>83390</x:t>
   </x:si>
   <x:si>
     <x:t>Collège Sainte-Marthe</x:t>
   </x:si>
   <x:si>
     <x:t>CUERS</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Palmiers</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée A David Néel</x:t>
-[...88 lines deleted...]
-  <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
-    <x:t>LP Sévigné</x:t>
-[...43 lines deleted...]
-  <x:si>
     <x:t>Lycée Professionnel Sévigné</x:t>
   </x:si>
   <x:si>
     <x:t>08/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2026 00:00:00</x:t>
@@ -1679,68 +1679,68 @@
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant d'administration commerciale (TPE/PME)</x:t>
   </x:si>
   <x:si>
     <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
   </x:si>
   <x:si>
     <x:t>ACPM</x:t>
   </x:si>
   <x:si>
     <x:t>Assister une équipe dans la communication des informations et l'organisation des activités - Bloc de compétences du titre professionnel Secrétaire Assistant</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Le Pontet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE PONTET</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Le Pontet</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Cfd</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro assistance à la gestion des organisations et de leurs activités</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Marseille 13ème</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Excel niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
@@ -2264,63 +2264,63 @@
   <x:si>
     <x:t>APT</x:t>
   </x:si>
   <x:si>
     <x:t>LAGNES</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant de facturation pour Infirmier Libéral : Découvrir les bases du métier de facturier 2026</x:t>
   </x:si>
   <x:si>
     <x:t>BARCELONNETTE</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-REMY-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Word tous niveaux</x:t>
   </x:si>
   <x:si>
     <x:t>Convergence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Word - les bases</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut de Formation aux Métiers des Services à Domicile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFASAD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOURMARIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EGUILLES</x:t>
+  </x:si>
+  <x:si>
     <x:t>PEYNIER</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>EGUILLES</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation modulaire certifiante : métiers de l'assistanat administratif, médico-administratif et comptable</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Excel Initiation : les fondamentaux pour débutants</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Epv</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
@@ -4955,144 +4955,143 @@
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>601784</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>82</x:v>
-[...1 lines deleted...]
-      <x:c r="C32" s="15" t="s"/>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="C32" s="15" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>61</x:v>
-[...1 lines deleted...]
-      <x:c r="J32" s="14" t="s"/>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="J32" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>584588</x:v>
+        <x:v>545080</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>124</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>126</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>545080</x:v>
+        <x:v>584588</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>40249</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>91</x:v>
@@ -8413,51 +8412,51 @@
       <x:c r="J93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>595279</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
@@ -11785,1942 +11784,1942 @@
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>617232</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>193</x:v>
-[...1 lines deleted...]
-      <x:c r="C155" s="3" t="s"/>
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="C155" s="3" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>594433</x:v>
+        <x:v>595260</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>193</x:v>
-[...1 lines deleted...]
-      <x:c r="C156" s="15" t="s"/>
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="C156" s="15" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>594447</x:v>
+        <x:v>595277</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>193</x:v>
-[...1 lines deleted...]
-      <x:c r="C157" s="3" t="s"/>
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="C157" s="3" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>594460</x:v>
+        <x:v>595278</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>193</x:v>
-[...1 lines deleted...]
-      <x:c r="C158" s="15" t="s"/>
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="C158" s="15" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>594493</x:v>
+        <x:v>595282</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>595265</x:v>
+        <x:v>595285</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>595266</x:v>
+        <x:v>595295</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>595286</x:v>
+        <x:v>595298</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>595303</x:v>
+        <x:v>595301</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>595314</x:v>
+        <x:v>595307</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>193</x:v>
-[...1 lines deleted...]
-      <x:c r="C164" s="15" t="s"/>
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="C164" s="15" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>431</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>431</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>594442</x:v>
+        <x:v>595308</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>193</x:v>
-[...1 lines deleted...]
-      <x:c r="C165" s="3" t="s"/>
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="C165" s="3" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>594435</x:v>
+        <x:v>595313</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>435</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>435</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>594438</x:v>
+        <x:v>594442</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>594440</x:v>
+        <x:v>594435</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>594451</x:v>
+        <x:v>594438</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>594462</x:v>
+        <x:v>594440</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>594463</x:v>
+        <x:v>594451</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>594464</x:v>
+        <x:v>594462</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>447</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>447</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>594469</x:v>
+        <x:v>594463</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>594470</x:v>
+        <x:v>594464</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>450</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>450</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>594476</x:v>
+        <x:v>594469</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>594481</x:v>
+        <x:v>594470</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>594483</x:v>
+        <x:v>594476</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>594485</x:v>
+        <x:v>594481</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>185</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>461</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>13254</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>461</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>592209</x:v>
+        <x:v>594483</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>169</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>595260</x:v>
+        <x:v>594485</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>169</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>595277</x:v>
+        <x:v>594433</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>169</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>595278</x:v>
+        <x:v>594447</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>169</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>595282</x:v>
+        <x:v>594460</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>169</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>595285</x:v>
+        <x:v>594493</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>595295</x:v>
+        <x:v>595265</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>595298</x:v>
+        <x:v>595266</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>471</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>595301</x:v>
+        <x:v>595286</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>595307</x:v>
+        <x:v>595303</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>595308</x:v>
+        <x:v>595314</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
-        <x:v>40705</x:v>
+        <x:v>39823</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="I189" s="4" t="s">
         <x:v>476</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>13254</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="Q189" s="4" t="s">
         <x:v>476</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>595313</x:v>
+        <x:v>592209</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>191</x:v>
@@ -15487,161 +15486,162 @@
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>547968</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
+      <x:c r="E223" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>604438</x:v>
+        <x:v>615727</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
-        <x:v>101</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
-      <x:c r="E224" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="R224" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="S224" s="14" t="n">
+        <x:v>604438</x:v>
+      </x:c>
+      <x:c r="T224" s="16" t="s">
         <x:v>539</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>536</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -15654,54 +15654,54 @@
       <x:c r="L225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>604500</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
@@ -15713,51 +15713,51 @@
       <x:c r="L226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>601695</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>536</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
@@ -15773,51 +15773,51 @@
       <x:c r="L227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>583782</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>35</x:v>
@@ -15834,54 +15834,54 @@
       <x:c r="L228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>610278</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>536</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>541</x:v>
+        <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -15894,51 +15894,51 @@
       <x:c r="L229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>615725</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
@@ -15949,51 +15949,51 @@
       <x:c r="L230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>611221</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>536</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>40249</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -16065,102 +16065,102 @@
       <x:c r="M232" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>576602</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>536</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="Q233" s="4" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>583811</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
@@ -17211,51 +17211,51 @@
         <x:v>308</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>615482</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>308</x:v>
@@ -18182,51 +18182,51 @@
       <x:c r="I273" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>616665</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
@@ -19414,51 +19414,51 @@
       <x:c r="I297" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>615542</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
@@ -21148,923 +21148,923 @@
       <x:c r="I331" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>616597</x:v>
+        <x:v>616595</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s"/>
       <x:c r="K332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>581</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>616598</x:v>
+        <x:v>616636</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>616666</x:v>
+        <x:v>616653</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>616669</x:v>
+        <x:v>616656</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>615468</x:v>
+        <x:v>616661</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>615455</x:v>
+        <x:v>616664</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>615467</x:v>
+        <x:v>615468</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>582</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>615475</x:v>
+        <x:v>615455</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>615484</x:v>
+        <x:v>615467</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>615487</x:v>
+        <x:v>615475</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>615490</x:v>
+        <x:v>615484</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>615505</x:v>
+        <x:v>615487</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>616595</x:v>
+        <x:v>615490</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>616636</x:v>
+        <x:v>615505</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>616653</x:v>
+        <x:v>616597</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>616656</x:v>
+        <x:v>616598</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>616661</x:v>
+        <x:v>616666</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>616664</x:v>
+        <x:v>616669</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -24393,57 +24393,57 @@
       <x:c r="H391" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="Q391" s="4" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="R391" s="0" t="s">
         <x:v>538</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>540</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>570736</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C392" s="15" t="s"/>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>665</x:v>
       </x:c>
@@ -24625,51 +24625,51 @@
       <x:c r="J395" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>603588</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
@@ -24803,51 +24803,51 @@
       <x:c r="K398" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>615824</x:v>
+        <x:v>615825</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
@@ -24860,51 +24860,51 @@
       <x:c r="K399" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>615825</x:v>
+        <x:v>615824</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
@@ -25505,51 +25505,51 @@
       <x:c r="I411" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>605321</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C412" s="15" t="s"/>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
@@ -26015,51 +26015,51 @@
       <x:c r="I421" s="4" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>612541</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="C422" s="15" t="s"/>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
@@ -30232,51 +30232,51 @@
       <x:c r="I503" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
         <x:v>605040</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C504" s="15" t="s"/>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
@@ -30700,51 +30700,51 @@
         <x:v>696</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s"/>
       <x:c r="K512" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
         <x:v>612539</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="C513" s="3" t="s"/>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="G513" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
         <x:v>696</x:v>
@@ -30802,51 +30802,51 @@
         <x:v>696</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s"/>
       <x:c r="K514" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
         <x:v>612561</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="C515" s="3" t="s"/>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>696</x:v>
@@ -31108,51 +31108,51 @@
         <x:v>308</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s"/>
       <x:c r="K520" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
         <x:v>604920</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="C521" s="3" t="s"/>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="G521" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
         <x:v>696</x:v>
@@ -32740,51 +32740,51 @@
         <x:v>295</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s"/>
       <x:c r="K552" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
         <x:v>600938</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="C553" s="3" t="s"/>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="G553" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="H553" s="0" t="s">
         <x:v>690</x:v>
@@ -33575,462 +33575,462 @@
       </x:c>
       <x:c r="O568" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
         <x:v>605329</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
-        <x:v>36804</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D569" s="3" t="s"/>
-      <x:c r="E569" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G569" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>731</x:v>
+      </x:c>
+      <x:c r="H569" s="0" t="s">
+        <x:v>732</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J569" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
-        <x:v>609212</x:v>
+        <x:v>611291</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
-        <x:v>71</x:v>
-[...1 lines deleted...]
-      <x:c r="C570" s="15" t="s"/>
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C570" s="15" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D570" s="15" t="s"/>
-      <x:c r="E570" s="14" t="s"/>
+      <x:c r="E570" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="H570" s="14" t="s"/>
       <x:c r="I570" s="16" t="s">
-        <x:v>61</x:v>
-[...1 lines deleted...]
-      <x:c r="J570" s="14" t="s"/>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="J570" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K570" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
-        <x:v>576621</x:v>
+        <x:v>609212</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C571" s="3" t="s"/>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="G571" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
-        <x:v>696</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
-        <x:v>696</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
-        <x:v>612558</x:v>
+        <x:v>604911</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
-        <x:v>694</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C572" s="15" t="s"/>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s"/>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
-        <x:v>695</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="H572" s="14" t="s"/>
       <x:c r="I572" s="16" t="s">
-        <x:v>696</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s"/>
       <x:c r="K572" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
-        <x:v>695</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
-        <x:v>696</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
-        <x:v>612575</x:v>
+        <x:v>604916</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
-        <x:v>601</x:v>
+        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="C573" s="3" t="s"/>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="G573" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L573" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M573" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N573" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O573" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P573" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
-        <x:v>612580</x:v>
+        <x:v>612635</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="C574" s="15" t="s"/>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s"/>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="H574" s="14" t="s"/>
       <x:c r="I574" s="16" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s"/>
       <x:c r="K574" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
-        <x:v>731</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
-        <x:v>612590</x:v>
+        <x:v>612638</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="C575" s="3" t="s"/>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="G575" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L575" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M575" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N575" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O575" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P575" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="Q575" s="4" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="R575" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S575" s="0" t="n">
-        <x:v>612592</x:v>
+        <x:v>612641</x:v>
       </x:c>
       <x:c r="T575" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="U575" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:21">
       <x:c r="A576" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B576" s="14" t="s">
-        <x:v>568</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="C576" s="15" t="s"/>
       <x:c r="D576" s="15" t="s"/>
       <x:c r="E576" s="14" t="s"/>
       <x:c r="F576" s="14" t="s"/>
       <x:c r="G576" s="14" t="s">
-        <x:v>732</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="H576" s="14" t="s"/>
       <x:c r="I576" s="16" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>696</x:v>
+      </x:c>
+      <x:c r="J576" s="14" t="s"/>
       <x:c r="K576" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L576" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M576" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
-        <x:v>732</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
-        <x:v>611291</x:v>
+        <x:v>612647</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C577" s="3" t="s"/>
       <x:c r="D577" s="3" t="s"/>
       <x:c r="G577" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I577" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>27</x:v>
@@ -34921,343 +34921,343 @@
       </x:c>
       <x:c r="P594" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q594" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R594" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S594" s="14" t="n">
         <x:v>605323</x:v>
       </x:c>
       <x:c r="T594" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="U594" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:21">
       <x:c r="A595" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C595" s="3" t="s"/>
       <x:c r="D595" s="3" t="s"/>
       <x:c r="G595" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I595" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K595" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L595" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M595" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N595" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O595" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P595" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q595" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R595" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S595" s="0" t="n">
-        <x:v>604911</x:v>
+        <x:v>576621</x:v>
       </x:c>
       <x:c r="T595" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="U595" s="4" t="s">
-        <x:v>693</x:v>
+        <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:21">
       <x:c r="A596" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B596" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="C596" s="15" t="s"/>
       <x:c r="D596" s="15" t="s"/>
       <x:c r="E596" s="14" t="s"/>
       <x:c r="F596" s="14" t="s"/>
       <x:c r="G596" s="14" t="s">
-        <x:v>577</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="H596" s="14" t="s"/>
       <x:c r="I596" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="J596" s="14" t="s"/>
       <x:c r="K596" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L596" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M596" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N596" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O596" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P596" s="14" t="s">
-        <x:v>577</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="Q596" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="R596" s="14" t="s">
-        <x:v>588</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="S596" s="14" t="n">
-        <x:v>604916</x:v>
+        <x:v>612558</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="U596" s="16" t="s">
-        <x:v>693</x:v>
+        <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="C597" s="3" t="s"/>
       <x:c r="D597" s="3" t="s"/>
       <x:c r="G597" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M597" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N597" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O597" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P597" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="Q597" s="4" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="R597" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
-        <x:v>612635</x:v>
+        <x:v>612575</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="C598" s="15" t="s"/>
       <x:c r="D598" s="15" t="s"/>
       <x:c r="E598" s="14" t="s"/>
       <x:c r="F598" s="14" t="s"/>
       <x:c r="G598" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="H598" s="14" t="s"/>
       <x:c r="I598" s="16" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="J598" s="14" t="s"/>
       <x:c r="K598" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L598" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M598" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N598" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O598" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P598" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="Q598" s="16" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="R598" s="14" t="s">
-        <x:v>734</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="S598" s="14" t="n">
-        <x:v>612638</x:v>
+        <x:v>612580</x:v>
       </x:c>
       <x:c r="T598" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="U598" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:21">
       <x:c r="A599" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="C599" s="3" t="s"/>
       <x:c r="D599" s="3" t="s"/>
       <x:c r="G599" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="I599" s="4" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="K599" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L599" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M599" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N599" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O599" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P599" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="Q599" s="4" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="R599" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="S599" s="0" t="n">
-        <x:v>612641</x:v>
+        <x:v>612590</x:v>
       </x:c>
       <x:c r="T599" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="U599" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:21">
       <x:c r="A600" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B600" s="14" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="C600" s="15" t="s"/>
       <x:c r="D600" s="15" t="s"/>
       <x:c r="E600" s="14" t="s"/>
       <x:c r="F600" s="14" t="s"/>
       <x:c r="G600" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="H600" s="14" t="s"/>
       <x:c r="I600" s="16" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="J600" s="14" t="s"/>
       <x:c r="K600" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L600" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M600" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N600" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O600" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P600" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="Q600" s="16" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="R600" s="14" t="s">
-        <x:v>735</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S600" s="14" t="n">
-        <x:v>612647</x:v>
+        <x:v>612592</x:v>
       </x:c>
       <x:c r="T600" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="U600" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:21">
       <x:c r="A601" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="C601" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D601" s="3" t="s"/>
       <x:c r="G601" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="H601" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
@@ -35857,351 +35857,351 @@
       <x:c r="T611" s="4" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="U611" s="4" t="s">
         <x:v>755</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:21">
       <x:c r="A612" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B612" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="C612" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D612" s="15" t="s"/>
       <x:c r="E612" s="14" t="s"/>
       <x:c r="F612" s="14" t="s"/>
       <x:c r="G612" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="H612" s="14" t="s"/>
       <x:c r="I612" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="J612" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K612" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="L612" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M612" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N612" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O612" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P612" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="Q612" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R612" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S612" s="14" t="n">
         <x:v>574575</x:v>
       </x:c>
       <x:c r="T612" s="16" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="U612" s="16" t="s">
         <x:v>757</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:21">
       <x:c r="A613" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="C613" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D613" s="3" t="s"/>
       <x:c r="G613" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="I613" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="J613" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="L613" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M613" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N613" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O613" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P613" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="Q613" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R613" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S613" s="0" t="n">
         <x:v>574576</x:v>
       </x:c>
       <x:c r="T613" s="4" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="U613" s="4" t="s">
         <x:v>757</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:21">
       <x:c r="A614" s="13" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B614" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="C614" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D614" s="15" t="s"/>
       <x:c r="E614" s="14" t="s"/>
       <x:c r="F614" s="14" t="s"/>
       <x:c r="G614" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="H614" s="14" t="s"/>
       <x:c r="I614" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="J614" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K614" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="L614" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M614" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N614" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O614" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P614" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="Q614" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R614" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="S614" s="14" t="n">
         <x:v>574602</x:v>
       </x:c>
       <x:c r="T614" s="16" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="U614" s="16" t="s">
         <x:v>757</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:21">
       <x:c r="A615" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="C615" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D615" s="3" t="s"/>
       <x:c r="G615" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="I615" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="J615" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K615" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="L615" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M615" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N615" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O615" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P615" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="Q615" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R615" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S615" s="0" t="n">
         <x:v>574579</x:v>
       </x:c>
       <x:c r="T615" s="4" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="U615" s="4" t="s">
         <x:v>757</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:21">
       <x:c r="A616" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B616" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="C616" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D616" s="15" t="s"/>
       <x:c r="E616" s="14" t="s"/>
       <x:c r="F616" s="14" t="s"/>
       <x:c r="G616" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="H616" s="14" t="s"/>
       <x:c r="I616" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="J616" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K616" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="L616" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M616" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N616" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O616" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P616" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="Q616" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R616" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S616" s="14" t="n">
         <x:v>574577</x:v>
       </x:c>
       <x:c r="T616" s="16" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="U616" s="16" t="s">
         <x:v>757</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:21">
       <x:c r="A617" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="C617" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D617" s="3" t="s"/>
       <x:c r="G617" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="I617" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="J617" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K617" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="L617" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M617" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N617" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O617" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P617" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="Q617" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R617" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="S617" s="0" t="n">
         <x:v>574599</x:v>
       </x:c>
       <x:c r="T617" s="4" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="U617" s="4" t="s">
         <x:v>757</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:21">
       <x:c r="A618" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B618" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C618" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D618" s="15" t="s"/>
@@ -36584,51 +36584,51 @@
       </x:c>
       <x:c r="P624" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q624" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R624" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S624" s="14" t="n">
         <x:v>529569</x:v>
       </x:c>
       <x:c r="T624" s="16" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="U624" s="16" t="s">
         <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:21">
       <x:c r="A625" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C625" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D625" s="3" t="s"/>
       <x:c r="G625" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="I625" s="4" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="J625" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L625" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M625" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N625" s="3" t="n">
         <x:v>35007</x:v>
@@ -36749,51 +36749,51 @@
       </x:c>
       <x:c r="P627" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="Q627" s="4" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="R627" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S627" s="0" t="n">
         <x:v>550630</x:v>
       </x:c>
       <x:c r="T627" s="4" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="U627" s="4" t="s">
         <x:v>766</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:21">
       <x:c r="A628" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B628" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C628" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D628" s="15" t="s"/>
       <x:c r="E628" s="14" t="s"/>
       <x:c r="F628" s="14" t="s"/>
       <x:c r="G628" s="14" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="H628" s="14" t="s"/>
       <x:c r="I628" s="16" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="J628" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K628" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L628" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M628" s="14" t="s">
         <x:v>29</x:v>
@@ -36979,51 +36979,51 @@
       </x:c>
       <x:c r="P631" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q631" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R631" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="S631" s="0" t="n">
         <x:v>583767</x:v>
       </x:c>
       <x:c r="T631" s="4" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="U631" s="4" t="s">
         <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:21">
       <x:c r="A632" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B632" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C632" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D632" s="15" t="s"/>
       <x:c r="E632" s="14" t="s"/>
       <x:c r="F632" s="14" t="s"/>
       <x:c r="G632" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H632" s="14" t="s"/>
       <x:c r="I632" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J632" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K632" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L632" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M632" s="14" t="s">
         <x:v>29</x:v>
@@ -37036,88 +37036,88 @@
       </x:c>
       <x:c r="P632" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q632" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R632" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="S632" s="14" t="n">
         <x:v>571290</x:v>
       </x:c>
       <x:c r="T632" s="16" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="U632" s="16" t="s">
         <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:21">
       <x:c r="A633" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C633" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D633" s="3" t="s"/>
       <x:c r="G633" s="0" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="H633" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="I633" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="J633" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K633" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L633" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M633" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N633" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O633" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P633" s="0" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="Q633" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R633" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S633" s="0" t="n">
         <x:v>579303</x:v>
       </x:c>
       <x:c r="T633" s="4" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="U633" s="4" t="s">
         <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:21">
       <x:c r="A634" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B634" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C634" s="15" t="s"/>
       <x:c r="D634" s="15" t="s"/>
       <x:c r="E634" s="14" t="s"/>
       <x:c r="F634" s="14" t="s"/>
@@ -37148,88 +37148,88 @@
       </x:c>
       <x:c r="P634" s="14" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="Q634" s="16" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="R634" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S634" s="14" t="n">
         <x:v>564527</x:v>
       </x:c>
       <x:c r="T634" s="16" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="U634" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:21">
       <x:c r="A635" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C635" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D635" s="3" t="s"/>
       <x:c r="G635" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="I635" s="4" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
       <x:c r="J635" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K635" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L635" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M635" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N635" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O635" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P635" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="Q635" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="Q635" s="4" t="s">
+      <x:c r="R635" s="0" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
       <x:c r="S635" s="0" t="n">
         <x:v>556582</x:v>
       </x:c>
       <x:c r="T635" s="4" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="U635" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:21">
       <x:c r="A636" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B636" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C636" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D636" s="15" t="s"/>
       <x:c r="E636" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -37389,81 +37389,81 @@
       <x:c r="S638" s="14" t="n">
         <x:v>524894</x:v>
       </x:c>
       <x:c r="T638" s="16" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="U638" s="16" t="s">
         <x:v>783</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:21">
       <x:c r="A639" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C639" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D639" s="3" t="s"/>
       <x:c r="E639" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="I639" s="4" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
       <x:c r="J639" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K639" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L639" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M639" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N639" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O639" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P639" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q639" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R639" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S639" s="0" t="n">
         <x:v>565152</x:v>
       </x:c>
       <x:c r="T639" s="4" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="U639" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:21">
       <x:c r="A640" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B640" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C640" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D640" s="15" t="s"/>
       <x:c r="E640" s="14" t="s"/>
       <x:c r="F640" s="14" t="s"/>
       <x:c r="G640" s="14" t="s">
@@ -38428,51 +38428,51 @@
       <x:c r="U656" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:21">
       <x:c r="A657" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C657" s="3" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D657" s="3" t="s"/>
       <x:c r="E657" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G657" s="0" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="H657" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="I657" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="J657" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K657" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L657" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M657" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N657" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O657" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P657" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="Q657" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
@@ -38605,75 +38605,75 @@
       </x:c>
       <x:c r="U659" s="4" t="s">
         <x:v>798</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:21">
       <x:c r="A660" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B660" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C660" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D660" s="15" t="s"/>
       <x:c r="E660" s="14" t="s"/>
       <x:c r="F660" s="14" t="s"/>
       <x:c r="G660" s="14" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="H660" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="I660" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="J660" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K660" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L660" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M660" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N660" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O660" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P660" s="14" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="Q660" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R660" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S660" s="14" t="n">
         <x:v>611963</x:v>
       </x:c>
       <x:c r="T660" s="16" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="U660" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:21">
       <x:c r="A661" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C661" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D661" s="3" t="s"/>
@@ -39764,75 +39764,75 @@
       </x:c>
       <x:c r="U679" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:21">
       <x:c r="A680" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B680" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C680" s="15" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D680" s="15" t="s"/>
       <x:c r="E680" s="14" t="s"/>
       <x:c r="F680" s="14" t="s"/>
       <x:c r="G680" s="14" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="H680" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="I680" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="J680" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K680" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L680" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M680" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N680" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O680" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P680" s="14" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="Q680" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R680" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S680" s="14" t="n">
         <x:v>551775</x:v>
       </x:c>
       <x:c r="T680" s="16" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="U680" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:21">
       <x:c r="A681" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C681" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D681" s="3" t="s"/>
@@ -40393,374 +40393,374 @@
       </x:c>
       <x:c r="O690" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P690" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q690" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R690" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S690" s="14" t="n">
         <x:v>611957</x:v>
       </x:c>
       <x:c r="T690" s="16" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="U690" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:21">
       <x:c r="A691" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
-        <x:v>81</x:v>
-[...1 lines deleted...]
-      <x:c r="C691" s="3" t="s"/>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="C691" s="3" t="n">
+        <x:v>40249</x:v>
+      </x:c>
       <x:c r="D691" s="3" t="s"/>
+      <x:c r="E691" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="G691" s="0" t="s">
-        <x:v>145</x:v>
-[...2 lines deleted...]
-        <x:v>146</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I691" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="J691" s="0" t="s">
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K691" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L691" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M691" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N691" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>35006</x:v>
       </x:c>
       <x:c r="O691" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P691" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q691" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R691" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S691" s="0" t="n">
-        <x:v>572397</x:v>
+        <x:v>579343</x:v>
       </x:c>
       <x:c r="T691" s="4" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="U691" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:21">
       <x:c r="A692" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B692" s="14" t="s">
-        <x:v>807</x:v>
-[...1 lines deleted...]
-      <x:c r="C692" s="15" t="s"/>
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C692" s="15" t="n">
+        <x:v>34606</x:v>
+      </x:c>
       <x:c r="D692" s="15" t="s"/>
-      <x:c r="E692" s="14" t="s"/>
+      <x:c r="E692" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="F692" s="14" t="s"/>
       <x:c r="G692" s="14" t="s">
-        <x:v>145</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="H692" s="14" t="s"/>
       <x:c r="I692" s="16" t="s">
-        <x:v>147</x:v>
-[...1 lines deleted...]
-      <x:c r="J692" s="14" t="s"/>
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="J692" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K692" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L692" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M692" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N692" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O692" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P692" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="Q692" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="R692" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="S692" s="14" t="n">
-        <x:v>572398</x:v>
+        <x:v>552417</x:v>
       </x:c>
       <x:c r="T692" s="16" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="U692" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:21">
       <x:c r="A693" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="C693" s="3" t="n">
-        <x:v>40249</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D693" s="3" t="s"/>
-      <x:c r="E693" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G693" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="I693" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="J693" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K693" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L693" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M693" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N693" s="3" t="n">
-        <x:v>35006</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O693" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P693" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q693" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="R693" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="S693" s="0" t="n">
-        <x:v>579343</x:v>
+        <x:v>588152</x:v>
       </x:c>
       <x:c r="T693" s="4" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="U693" s="4" t="s">
-        <x:v>604</x:v>
+        <x:v>804</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:21">
       <x:c r="A694" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B694" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C694" s="15" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D694" s="15" t="s"/>
-      <x:c r="E694" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E694" s="14" t="s"/>
       <x:c r="F694" s="14" t="s"/>
       <x:c r="G694" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H694" s="14" t="s"/>
       <x:c r="I694" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J694" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K694" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L694" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M694" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N694" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O694" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P694" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q694" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R694" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S694" s="14" t="n">
-        <x:v>552417</x:v>
+        <x:v>543681</x:v>
       </x:c>
       <x:c r="T694" s="16" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="U694" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:21">
       <x:c r="A695" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
-        <x:v>758</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C695" s="3" t="s"/>
       <x:c r="D695" s="3" t="s"/>
       <x:c r="G695" s="0" t="s">
-        <x:v>680</x:v>
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="H695" s="0" t="s">
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I695" s="4" t="s">
-        <x:v>681</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="K695" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L695" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M695" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N695" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O695" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P695" s="0" t="s">
-        <x:v>680</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q695" s="4" t="s">
-        <x:v>681</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R695" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S695" s="0" t="n">
-        <x:v>588152</x:v>
+        <x:v>572397</x:v>
       </x:c>
       <x:c r="T695" s="4" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="U695" s="4" t="s">
-        <x:v>804</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:21">
       <x:c r="A696" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B696" s="14" t="s">
-        <x:v>190</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>807</x:v>
+      </x:c>
+      <x:c r="C696" s="15" t="s"/>
       <x:c r="D696" s="15" t="s"/>
       <x:c r="E696" s="14" t="s"/>
       <x:c r="F696" s="14" t="s"/>
       <x:c r="G696" s="14" t="s">
-        <x:v>191</x:v>
-[...1 lines deleted...]
-      <x:c r="H696" s="14" t="s"/>
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="H696" s="14" t="s">
+        <x:v>146</x:v>
+      </x:c>
       <x:c r="I696" s="16" t="s">
-        <x:v>192</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="J696" s="14" t="s"/>
       <x:c r="K696" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L696" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="M696" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N696" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O696" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P696" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q696" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R696" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S696" s="14" t="n">
-        <x:v>543681</x:v>
+        <x:v>572398</x:v>
       </x:c>
       <x:c r="T696" s="16" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="U696" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:21">
       <x:c r="A697" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C697" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D697" s="3" t="s"/>
       <x:c r="E697" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G697" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
@@ -41024,136 +41024,136 @@
         <x:v>577797</x:v>
       </x:c>
       <x:c r="T701" s="4" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="U701" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:21">
       <x:c r="A702" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B702" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C702" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D702" s="15" t="s"/>
       <x:c r="E702" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F702" s="14" t="s"/>
       <x:c r="G702" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H702" s="14" t="s"/>
       <x:c r="I702" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J702" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K702" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L702" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M702" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N702" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O702" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P702" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q702" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R702" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S702" s="14" t="n">
         <x:v>556682</x:v>
       </x:c>
       <x:c r="T702" s="16" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="U702" s="16" t="s">
         <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:21">
       <x:c r="A703" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C703" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D703" s="3" t="s"/>
       <x:c r="G703" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="I703" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="J703" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K703" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="L703" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M703" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N703" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O703" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P703" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="Q703" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="R703" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S703" s="0" t="n">
         <x:v>571898</x:v>
       </x:c>
       <x:c r="T703" s="4" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="U703" s="4" t="s">
         <x:v>751</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:21">
       <x:c r="A704" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B704" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C704" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D704" s="15" t="s"/>
       <x:c r="E704" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -41657,51 +41657,51 @@
       <x:c r="J713" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K713" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L713" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M713" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N713" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O713" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P713" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="Q713" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="R713" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S713" s="0" t="n">
         <x:v>536164</x:v>
       </x:c>
       <x:c r="T713" s="4" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="U713" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:21">
       <x:c r="A714" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B714" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C714" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D714" s="15" t="s"/>
       <x:c r="E714" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -41964,204 +41964,205 @@
       </x:c>
       <x:c r="O718" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P718" s="14" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="Q718" s="16" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="R718" s="14" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="S718" s="14" t="n">
         <x:v>573539</x:v>
       </x:c>
       <x:c r="T718" s="16" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="U718" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:21">
       <x:c r="A719" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C719" s="3" t="n">
-        <x:v>38625</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D719" s="3" t="s"/>
+      <x:c r="E719" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="G719" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="H719" s="0" t="s">
-        <x:v>674</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="I719" s="4" t="s">
-        <x:v>675</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="J719" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K719" s="0" t="s">
-        <x:v>676</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L719" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="M719" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N719" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O719" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P719" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="Q719" s="4" t="s">
-        <x:v>675</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="R719" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="S719" s="0" t="n">
-        <x:v>573537</x:v>
+        <x:v>546938</x:v>
       </x:c>
       <x:c r="T719" s="4" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="U719" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:21">
       <x:c r="A720" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B720" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C720" s="15" t="n">
-        <x:v>36804</x:v>
+        <x:v>38625</x:v>
       </x:c>
       <x:c r="D720" s="15" t="s"/>
-      <x:c r="E720" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E720" s="14" t="s"/>
       <x:c r="F720" s="14" t="s"/>
       <x:c r="G720" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="H720" s="14" t="s">
-        <x:v>706</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="I720" s="16" t="s">
-        <x:v>707</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="J720" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K720" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="L720" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M720" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="N720" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O720" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P720" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="Q720" s="16" t="s">
-        <x:v>707</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="R720" s="14" t="s">
-        <x:v>586</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S720" s="14" t="n">
-        <x:v>546938</x:v>
+        <x:v>573537</x:v>
       </x:c>
       <x:c r="T720" s="16" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="U720" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:21">
       <x:c r="A721" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="C721" s="3" t="s"/>
       <x:c r="D721" s="3" t="s"/>
       <x:c r="G721" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="I721" s="4" t="s">
-        <x:v>539</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="K721" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="L721" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M721" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N721" s="3" t="n">
         <x:v>35054</x:v>
       </x:c>
       <x:c r="O721" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="P721" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="Q721" s="4" t="s">
-        <x:v>539</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="R721" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="S721" s="0" t="n">
         <x:v>554305</x:v>
       </x:c>
       <x:c r="T721" s="4" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="U721" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:21">
       <x:c r="A722" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B722" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="C722" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D722" s="15" t="s"/>
       <x:c r="E722" s="14" t="s"/>
       <x:c r="F722" s="14" t="s"/>
       <x:c r="G722" s="14" t="s">
@@ -42335,51 +42336,51 @@
       <x:c r="I725" s="4" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="K725" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L725" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M725" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N725" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O725" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P725" s="0" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="Q725" s="4" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="R725" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S725" s="0" t="n">
         <x:v>527767</x:v>
       </x:c>
       <x:c r="T725" s="4" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="U725" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:21">
       <x:c r="A726" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B726" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C726" s="15" t="s"/>
       <x:c r="D726" s="15" t="s"/>
       <x:c r="E726" s="14" t="s"/>
       <x:c r="F726" s="14" t="s"/>
       <x:c r="G726" s="14" t="s">
         <x:v>776</x:v>
       </x:c>
@@ -42554,51 +42555,51 @@
       <x:c r="J729" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K729" s="0" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="L729" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M729" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N729" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O729" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P729" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q729" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R729" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S729" s="0" t="n">
         <x:v>518416</x:v>
       </x:c>
       <x:c r="T729" s="4" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="U729" s="4" t="s">
         <x:v>848</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:21">
       <x:c r="A730" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B730" s="14" t="s">
         <x:v>849</x:v>
       </x:c>
       <x:c r="C730" s="15" t="s"/>
       <x:c r="D730" s="15" t="s"/>
       <x:c r="E730" s="14" t="s"/>
       <x:c r="F730" s="14" t="s"/>
       <x:c r="G730" s="14" t="s">
         <x:v>850</x:v>
       </x:c>