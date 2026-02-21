--- v0 (2026-02-21)
+++ v1 (2026-02-21)
@@ -1739,207 +1739,207 @@
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de la GRH : formation, compétences et emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Stéphane Auger Com - Fabrik Tête d'Affiche</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delta - Groupe Someform</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jeune 16-25 ans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre d'Etudes Européen Méditérranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEEME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention gestion des ressources humaines parcours coaching dans les organisations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention gestion des ressources humaines parcours économie sociale et solidaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention gestion des ressources humaines parcours gestion des compétences et des talents</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention gestion des ressources humaines parcours recherche, études et conseil en organisation, travail et ressources humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention gestion des ressources humaines parcours responsabilité sociale des entreprises</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M2S Formation Aubagne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEMENOS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention psychologie parcours psychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable en gestion administrative et ressources humaines (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Triphase Formations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ogec Sainte Marie - Institut Supérieur du Tourisme de Cannes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/15/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Licence mention psychologie</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>12/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable en gestion administrative et ressources humaines (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
+    <x:t>06/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention management parcours audit interne et management des risques</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut d'Administration des Entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>13540</x:t>
   </x:si>
   <x:si>
     <x:t>PUYRICARD</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management parcours contrôle de gestion et reporting</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management parcours ressources humaines</x:t>
   </x:si>
   <x:si>
-    <x:t>Stéphane Auger Com - Fabrik Tête d'Affiche</x:t>
-[...73 lines deleted...]
-  <x:si>
     <x:t>Manager des ressources humaines blocs de compétences BC1 - BC3</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>INEAD-ESMAC</x:t>
   </x:si>
   <x:si>
     <x:t>07/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de gestion des ressources humaines (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Charg? de gestion des ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Wiki Learn Formation</x:t>
   </x:si>
   <x:si>
     <x:t>WLF</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2025 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable ressources humaines BC 4 Piloter le développement des compétences</x:t>
   </x:si>
   <x:si>
     <x:t>Skillers - métiers de la gestion et de l'administration des entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Recruter avec efficience pour limiter le turnover.</x:t>
   </x:si>
   <x:si>
     <x:t>Impuls</x:t>
   </x:si>
   <x:si>
     <x:t>13210</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite entretien recrutement</x:t>
   </x:si>
@@ -16692,4355 +16692,4358 @@
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>586194</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
-        <x:v>38489</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>546327</x:v>
+        <x:v>549493</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>556</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
-        <x:v>38489</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>546328</x:v>
+        <x:v>547152</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>556</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
-        <x:v>40244</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>218</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
-        <x:v>33047</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>589852</x:v>
+        <x:v>566599</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>557</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
-        <x:v>40863</x:v>
+        <x:v>38438</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
-      <x:c r="E251" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G251" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>33036</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>589955</x:v>
+        <x:v>558580</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>558</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
-        <x:v>39023</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
-      <x:c r="E252" s="14" t="s"/>
+      <x:c r="E252" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>171</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>590159</x:v>
+        <x:v>545492</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
-        <x:v>35280</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
+      <x:c r="E253" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G253" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>590178</x:v>
+        <x:v>545493</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
-        <x:v>256</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
-        <x:v>37266</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
-      <x:c r="E254" s="14" t="s"/>
+      <x:c r="E254" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>218</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
-        <x:v>33052</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>556971</x:v>
+        <x:v>545494</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>486</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
-        <x:v>37266</x:v>
+        <x:v>38438</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
+      <x:c r="E255" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G255" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
-        <x:v>33052</x:v>
+        <x:v>33036</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>556972</x:v>
+        <x:v>558909</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
-        <x:v>256</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
-        <x:v>38824</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
-      <x:c r="E256" s="14" t="s"/>
+      <x:c r="E256" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
-        <x:v>32015</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>556976</x:v>
+        <x:v>554813</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
-        <x:v>38824</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
-        <x:v>32015</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>556977</x:v>
+        <x:v>575550</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
-        <x:v>37010</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>248</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>555948</x:v>
+        <x:v>554842</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
-        <x:v>37010</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>555949</x:v>
+        <x:v>554871</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>556147</x:v>
+        <x:v>554872</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>556170</x:v>
+        <x:v>554916</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
-      <x:c r="E262" s="14" t="s"/>
+      <x:c r="E262" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>575974</x:v>
+        <x:v>554917</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C263" s="3" t="n">
+        <x:v>37748</x:v>
+      </x:c>
+      <x:c r="D263" s="3" t="s"/>
+      <x:c r="E263" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="G263" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
-      <x:c r="C263" s="3" t="n">
-[...5 lines deleted...]
-      </x:c>
       <x:c r="H263" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>33035</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>564</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>575020</x:v>
+        <x:v>555030</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
-        <x:v>35917</x:v>
+        <x:v>37748</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
-      <x:c r="E264" s="14" t="s"/>
+      <x:c r="E264" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>33035</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>564</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>575022</x:v>
+        <x:v>555031</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
-        <x:v>35917</x:v>
+        <x:v>35912</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>564</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>575023</x:v>
+        <x:v>575864</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>35912</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
-      <x:c r="E266" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>189</x:v>
-[...1 lines deleted...]
-      <x:c r="H266" s="14" t="s"/>
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="H266" s="14" t="s">
+        <x:v>354</x:v>
+      </x:c>
       <x:c r="I266" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>554314</x:v>
+        <x:v>575866</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>35912</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
-      <x:c r="E267" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="H267" s="0" t="s">
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>554316</x:v>
+        <x:v>575867</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
-        <x:v>35280</x:v>
+        <x:v>35912</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
-      <x:c r="E268" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>267</x:v>
-[...1 lines deleted...]
-      <x:c r="H268" s="14" t="s"/>
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="H268" s="14" t="s">
+        <x:v>354</x:v>
+      </x:c>
       <x:c r="I268" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>552219</x:v>
+        <x:v>575868</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
-        <x:v>35280</x:v>
+        <x:v>35912</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
-      <x:c r="E269" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G269" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="H269" s="0" t="s">
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>552224</x:v>
+        <x:v>575869</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>38899</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32688</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>552234</x:v>
+        <x:v>552440</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>39091</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>552235</x:v>
+        <x:v>552455</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>549493</x:v>
+        <x:v>552599</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
-        <x:v>35280</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>547152</x:v>
+        <x:v>552645</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
-        <x:v>35280</x:v>
+        <x:v>39601</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>569</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>32688</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>569</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>571</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>566599</x:v>
+        <x:v>599249</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
-        <x:v>38438</x:v>
+        <x:v>38112</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
+      <x:c r="E275" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G275" s="0" t="s">
-        <x:v>263</x:v>
-[...2 lines deleted...]
-        <x:v>264</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
-        <x:v>33036</x:v>
+        <x:v>32008</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>558580</x:v>
+        <x:v>552921</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>39023</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
-      <x:c r="E276" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>197</x:v>
-[...1 lines deleted...]
-      <x:c r="H276" s="14" t="s"/>
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="H276" s="14" t="s">
+        <x:v>354</x:v>
+      </x:c>
       <x:c r="I276" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>545492</x:v>
+        <x:v>581256</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>35912</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
-      <x:c r="E277" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G277" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="H277" s="0" t="s">
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>545493</x:v>
+        <x:v>581326</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>37969</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>197</x:v>
-[...1 lines deleted...]
-      <x:c r="H278" s="14" t="s"/>
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="H278" s="14" t="s">
+        <x:v>286</x:v>
+      </x:c>
       <x:c r="I278" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32008</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>545494</x:v>
+        <x:v>549108</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
-        <x:v>38438</x:v>
+        <x:v>35878</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
-        <x:v>263</x:v>
-[...2 lines deleted...]
-        <x:v>264</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
-        <x:v>33036</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>558909</x:v>
+        <x:v>560756</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
-        <x:v>35376</x:v>
+        <x:v>35878</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>226</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>554813</x:v>
+        <x:v>560762</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
-        <x:v>35376</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
+      <x:c r="E281" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G281" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>575550</x:v>
+        <x:v>549285</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>37266</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>297</x:v>
-[...1 lines deleted...]
-      <x:c r="H282" s="14" t="s"/>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H282" s="14" t="s">
+        <x:v>219</x:v>
+      </x:c>
       <x:c r="I282" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>33052</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>554842</x:v>
+        <x:v>549287</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
-        <x:v>35376</x:v>
+        <x:v>38438</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
-        <x:v>226</x:v>
-[...2 lines deleted...]
-        <x:v>227</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>33036</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>554871</x:v>
+        <x:v>547292</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
-        <x:v>35376</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>226</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>554872</x:v>
+        <x:v>547477</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>573</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
-        <x:v>35376</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
-        <x:v>226</x:v>
-[...2 lines deleted...]
-        <x:v>227</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>554916</x:v>
+        <x:v>546067</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
-        <x:v>35376</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>226</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>554917</x:v>
+        <x:v>546151</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
-        <x:v>37748</x:v>
+        <x:v>38489</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
-        <x:v>574</x:v>
-[...2 lines deleted...]
-        <x:v>575</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
-        <x:v>33035</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>555030</x:v>
+        <x:v>546327</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
-        <x:v>37748</x:v>
+        <x:v>38489</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>574</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
-        <x:v>33035</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>574</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>555031</x:v>
+        <x:v>546328</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
-        <x:v>35912</x:v>
+        <x:v>40244</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
+      <x:c r="E289" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G289" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>578</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>575864</x:v>
+        <x:v>589852</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
-        <x:v>35912</x:v>
+        <x:v>40863</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
-      <x:c r="E290" s="14" t="s"/>
+      <x:c r="E290" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I290" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>577</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>578</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>575866</x:v>
+        <x:v>589955</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
-        <x:v>35912</x:v>
+        <x:v>39023</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
-        <x:v>578</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>575867</x:v>
+        <x:v>590159</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>581</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
-        <x:v>35912</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>353</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>577</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>578</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>575868</x:v>
+        <x:v>590178</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
-        <x:v>35912</x:v>
+        <x:v>37266</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>33052</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>578</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>575869</x:v>
+        <x:v>556971</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
-        <x:v>38899</x:v>
+        <x:v>37266</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
-      <x:c r="E294" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>254</x:v>
-[...1 lines deleted...]
-      <x:c r="H294" s="14" t="s"/>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H294" s="14" t="s">
+        <x:v>219</x:v>
+      </x:c>
       <x:c r="I294" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
-        <x:v>32688</x:v>
+        <x:v>33052</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>552440</x:v>
+        <x:v>556972</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>573</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
-        <x:v>39091</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
-      <x:c r="E295" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G295" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H295" s="0" t="s">
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>552455</x:v>
+        <x:v>556976</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
-      <x:c r="E296" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>296</x:v>
-[...1 lines deleted...]
-      <x:c r="H296" s="14" t="s"/>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H296" s="14" t="s">
+        <x:v>219</x:v>
+      </x:c>
       <x:c r="I296" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>552599</x:v>
+        <x:v>556977</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>37010</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H297" s="0" t="s">
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>552645</x:v>
+        <x:v>555948</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
-        <x:v>39601</x:v>
+        <x:v>37010</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>241</x:v>
-[...1 lines deleted...]
-      <x:c r="H298" s="14" t="s"/>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H298" s="14" t="s">
+        <x:v>249</x:v>
+      </x:c>
       <x:c r="I298" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
-        <x:v>32688</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>599249</x:v>
+        <x:v>555949</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
-        <x:v>38112</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="E299" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="H299" s="0" t="s">
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
-        <x:v>32008</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>552921</x:v>
+        <x:v>556147</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>585</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
-        <x:v>39023</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
-      <x:c r="E300" s="14" t="s"/>
+      <x:c r="E300" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I300" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>586</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>587</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>581256</x:v>
+        <x:v>556170</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
-        <x:v>35912</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>578</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>581326</x:v>
+        <x:v>575974</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
-        <x:v>37969</x:v>
+        <x:v>37851</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
-      <x:c r="E302" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>285</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
-        <x:v>32008</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>549108</x:v>
+        <x:v>578848</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>555</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
-        <x:v>35878</x:v>
+        <x:v>35917</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
-      <x:c r="E303" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G303" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="H303" s="0" t="s">
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>560756</x:v>
+        <x:v>575020</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
-        <x:v>35878</x:v>
+        <x:v>35917</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
-      <x:c r="E304" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>189</x:v>
-[...1 lines deleted...]
-      <x:c r="H304" s="14" t="s"/>
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="H304" s="14" t="s">
+        <x:v>354</x:v>
+      </x:c>
       <x:c r="I304" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>560762</x:v>
+        <x:v>575022</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
-        <x:v>38824</x:v>
+        <x:v>35917</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
-      <x:c r="E305" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G305" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
-        <x:v>32015</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>549285</x:v>
+        <x:v>575023</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>588</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
-        <x:v>37266</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>218</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
-        <x:v>33052</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>549287</x:v>
+        <x:v>554314</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>486</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
-        <x:v>38438</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="E307" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
-        <x:v>33036</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>547292</x:v>
+        <x:v>554316</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
-        <x:v>590</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
-        <x:v>591</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>592</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>547477</x:v>
+        <x:v>552219</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="E309" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>546067</x:v>
+        <x:v>552224</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>546151</x:v>
+        <x:v>552234</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>557</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
-        <x:v>39091</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
+      <x:c r="E311" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G311" s="0" t="s">
-        <x:v>594</x:v>
-[...2 lines deleted...]
-        <x:v>595</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>581159</x:v>
+        <x:v>552235</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>597</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
-        <x:v>38899</x:v>
+        <x:v>39091</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s">
-        <x:v>595</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="I312" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
-        <x:v>32688</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>584685</x:v>
+        <x:v>581159</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>600</x:v>
+        <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>601</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>38899</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>32688</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>581037</x:v>
+        <x:v>584685</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>600</x:v>
+        <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
-        <x:v>38824</x:v>
+        <x:v>38899</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>393</x:v>
-[...1 lines deleted...]
-      <x:c r="H314" s="14" t="s"/>
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="H314" s="14" t="s">
+        <x:v>596</x:v>
+      </x:c>
       <x:c r="I314" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
-        <x:v>32015</x:v>
+        <x:v>32688</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>581262</x:v>
+        <x:v>581037</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>602</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
-        <x:v>41132</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>612003</x:v>
+        <x:v>581262</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
-        <x:v>35280</x:v>
+        <x:v>41132</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
-      <x:c r="E316" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="H316" s="14" t="s"/>
+      <x:c r="I316" s="16" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="J316" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="K316" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="L316" s="14" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="M316" s="14" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="N316" s="15" t="n">
+        <x:v>33054</x:v>
+      </x:c>
+      <x:c r="O316" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="P316" s="14" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="Q316" s="16" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="R316" s="14" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="S316" s="14" t="n">
+        <x:v>612003</x:v>
+      </x:c>
+      <x:c r="T316" s="16" t="s">
         <x:v>603</x:v>
       </x:c>
-      <x:c r="H316" s="14" t="s">
-[...37 lines deleted...]
-      </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
-        <x:v>37851</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
+      <x:c r="E317" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G317" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="H317" s="0" t="s">
+        <x:v>605</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>576384</x:v>
+        <x:v>546969</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>37851</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>576386</x:v>
+        <x:v>576384</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>608</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
-        <x:v>37010</x:v>
+        <x:v>37851</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>578778</x:v>
+        <x:v>576386</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>608</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>37010</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>578834</x:v>
+        <x:v>578778</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>608</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
-        <x:v>37851</x:v>
+        <x:v>37010</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>578848</x:v>
+        <x:v>578834</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>608</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
@@ -21049,51 +21052,51 @@
       <x:c r="L322" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>581461</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>608</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>36888</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
@@ -22056,51 +22059,51 @@
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>553374</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>641</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>105</x:v>
@@ -22113,51 +22116,51 @@
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>553385</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>641</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>588</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -24487,152 +24490,152 @@
       <x:c r="S382" s="14" t="n">
         <x:v>509554</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="E383" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>605</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>605</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>497637</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>590</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
-        <x:v>591</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>592</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>547476</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>573</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="E385" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -24840,81 +24843,81 @@
       <x:c r="S388" s="14" t="n">
         <x:v>509387</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="E389" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>513670</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -24956,75 +24959,75 @@
       <x:c r="S390" s="14" t="n">
         <x:v>497626</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="E391" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>498181</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
@@ -25054,96 +25057,96 @@
       <x:c r="M392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>495334</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>573</x:v>
+        <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>37748</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="E393" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>541389</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
@@ -25191,81 +25194,81 @@
       <x:c r="S394" s="14" t="n">
         <x:v>552598</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="E395" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>552644</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>38112</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -26407,135 +26410,135 @@
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>529495</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s">
-        <x:v>595</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="I416" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>521700</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>521689</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C418" s="15" t="s"/>
@@ -26574,137 +26577,137 @@
       <x:c r="R418" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>516255</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>36668</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>514977</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>695</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>38489</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s">
-        <x:v>595</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="I420" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>515050</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="C421" s="3" t="s"/>