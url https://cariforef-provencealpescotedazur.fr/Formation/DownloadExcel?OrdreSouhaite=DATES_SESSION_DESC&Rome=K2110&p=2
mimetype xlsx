--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -293,86 +293,86 @@
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bénéficiaire du RSA , Demandeur d'emploi longue durée</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF</x:t>
   </x:si>
   <x:si>
     <x:t>SPS 13</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE-16e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sud Prévention Sécurité - Groupe ECF - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2026 00:00:00</x:t>
-[...14 lines deleted...]
-    <x:t>NICE</x:t>
+    <x:t>Titre professionnel enseignant de la conduite et de la sécurité routière (session rattrapage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel enseignant de la conduite et de la sécurité routière - CCS 01 (2 roues)</x:t>
   </x:si>
   <x:si>
-    <x:t>12/29/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel enseignant de la conduite et de la sécurité routière (session rattrapage)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel enseignant de la conduite et de la sécurité routière (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Orange Auto-Ecole</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Grech Bernabo Formation</x:t>
@@ -398,66 +398,66 @@
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel enseignant de la conduite et de la sécurité routière - Compétences climat écoconduite</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Efp Conduite</x:t>
   </x:si>
   <x:si>
-    <x:t>10/06/2025 00:00:00</x:t>
+    <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formateur aux métiers de l'éducation et de la sécurité routières</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite auto</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
@@ -1688,108 +1688,108 @@
       <x:c r="K12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>31802</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>600676</x:v>
+        <x:v>600528</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>35329</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>31802</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>600528</x:v>
+        <x:v>602678</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>35329</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
@@ -1801,227 +1801,227 @@
       <x:c r="J14" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>31802</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>602708</x:v>
+        <x:v>600676</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>35329</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>31802</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>602678</x:v>
+        <x:v>602708</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>35329</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>31802</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>601533</x:v>
+        <x:v>601529</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>35329</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>31802</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>601529</x:v>
+        <x:v>601533</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>35329</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
@@ -2048,51 +2048,51 @@
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>605344</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>35329</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>28</x:v>
@@ -2388,202 +2388,202 @@
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>583952</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>35329</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>31802</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="Q25" s="4" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="R25" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="Q25" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>566887</x:v>
+        <x:v>574050</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>35329</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>31802</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>566886</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>35329</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>31802</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>574050</x:v>
+        <x:v>566887</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>35329</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
@@ -2593,51 +2593,51 @@
       <x:c r="J28" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>31802</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>574052</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>35329</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -2848,219 +2848,222 @@
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>580110</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>35329</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
+      <x:c r="E33" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F33" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>31802</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>580595</x:v>
+        <x:v>580580</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>35329</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
-      <x:c r="E34" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E34" s="14" t="s"/>
+      <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>71</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>31802</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>580580</x:v>
+        <x:v>580595</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>35329</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>31802</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>579905</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>35329</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -3175,51 +3178,51 @@
       <x:c r="J38" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>31802</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>572468</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>35329</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -3298,68 +3301,68 @@
       <x:c r="J40" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>31802</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>571024</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>35329</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>