--- v0 (2025-12-19)
+++ v1 (2025-12-19)
@@ -416,182 +416,182 @@
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
+    <x:t>BUT spécialité gestion des entreprises et des administrations parcours gestion et pilotage des ressources humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alternance Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alternance Azur - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention psychologie sociale, du travail et des organisations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 5 et plus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychologie sociale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>licence mention sciences sanitaires et sociales</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix-Marseille Université</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Sciences sociales</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence mention sociologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sondage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Univ. de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE DE TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAGUIGNAN</x:t>
+  </x:si>
+  <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2029 00:00:00</x:t>
-[...59 lines deleted...]
-    <x:t>DRAGUIGNAN</x:t>
+    <x:t>master mention psychologie : neuropsychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neuropsychologie</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Sud Azur - Groupe Alternance Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alternance Azur - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX - LES MILLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Consultant en recrutement (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Le Cours Messidoro - Pigier</x:t>
   </x:si>
   <x:si>
     <x:t>Travail temporaire</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention psychologie : neuropsychologie</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Aix en Provence)</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation à distance : Conseiller en insertion professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2027 00:00:00</x:t>
@@ -872,59 +872,59 @@
   <x:si>
     <x:t>12/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/30/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>12/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Direct Sécurité Formation</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
@@ -1019,62 +1019,62 @@
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var Formation Professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>FORMAPRO</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>SALON DE PROVENCE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
-    <x:t>10/06/2025 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Association pour l'Education Cognitive et le Développement</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de recrutement et conseils en ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en bilan de compétences</x:t>
   </x:si>
   <x:si>
     <x:t>Mpact</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
@@ -1169,56 +1169,56 @@
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>84170</x:t>
   </x:si>
   <x:si>
     <x:t>Bénéficiaire du RSA , Demandeur d'emploi , Demandeur d'emploi longue durée , Public sans emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Accompagnement vers emploi</x:t>
   </x:si>
   <x:si>
     <x:t>MONTEUX</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention psychologie : neuropsychologie parcours psychologie - neuropsychologie</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences sanitaires et sociales parcours sciences sanitaires et sociales</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
@@ -1241,65 +1241,65 @@
   <x:si>
     <x:t>LE CASTELLET</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sociologie parcours sociologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences sanitaires et sociales parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention psychologie sociale, du travail et des organisations parcours psychologie sociale du travail et des organisations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Optim'hum</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Weno Ies</x:t>
   </x:si>
   <x:si>
     <x:t>93110</x:t>
   </x:si>
   <x:si>
-    <x:t>Optim'hum</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Devenir référent AFEST : concevoir, piloter et accompagner une formation professionnelle en situation de travail</x:t>
   </x:si>
   <x:si>
     <x:t>Daureen Mahillet</x:t>
   </x:si>
   <x:si>
     <x:t>84420</x:t>
   </x:si>
   <x:si>
     <x:t>Accompagnement formation</x:t>
   </x:si>
   <x:si>
     <x:t>PIOLENC</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir accompagnateur AFEST</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2025 00:00:00</x:t>
@@ -1346,75 +1346,75 @@
   <x:si>
     <x:t>Formation formateur spécialisé</x:t>
   </x:si>
   <x:si>
     <x:t>05/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Céla Solution RH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-12e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>La pratique du bilan de compétences</x:t>
   </x:si>
   <x:si>
     <x:t>Azur Formation</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>B2h13 Aix - My Business School - Antenne Aix en Provence</x:t>
   </x:si>
@@ -3733,956 +3733,956 @@
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>603820</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>39696</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
+      <x:c r="E27" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="H27" s="0" t="s">
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>14256</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>592215</x:v>
+        <x:v>603408</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>596728</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>35376</x:v>
+        <x:v>36500</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>107</x:v>
-[...2 lines deleted...]
-        <x:v>108</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>603408</x:v>
+        <x:v>601467</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38990</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>14461</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>591970</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>36500</x:v>
+        <x:v>39696</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
-      <x:c r="E31" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>33060</x:v>
+        <x:v>14256</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>601467</x:v>
+        <x:v>592214</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>39696</x:v>
+        <x:v>39694</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>14256</x:v>
+        <x:v>11029</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>592214</x:v>
+        <x:v>592217</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>39694</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>11029</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>592217</x:v>
+        <x:v>596730</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="Q34" s="16" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="R34" s="14" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>596729</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>35376</x:v>
+        <x:v>39696</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>14256</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>596730</x:v>
+        <x:v>592215</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>69</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>36500</x:v>
+        <x:v>38991</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
-      <x:c r="E36" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>33060</x:v>
+        <x:v>14403</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>600588</x:v>
+        <x:v>591929</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>39606</x:v>
+        <x:v>36500</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="I37" s="4" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>33070</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="Q37" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="Q37" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>600163</x:v>
+        <x:v>600588</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>38991</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>14403</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>591929</x:v>
+        <x:v>596731</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>35376</x:v>
+        <x:v>36500</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
+      <x:c r="E39" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>596731</x:v>
+        <x:v>601468</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>36500</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>134</x:v>
-[...1 lines deleted...]
-      <x:c r="H40" s="14" t="s"/>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s">
+        <x:v>108</x:v>
+      </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>33060</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>601468</x:v>
+        <x:v>603407</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>35376</x:v>
+        <x:v>39606</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>107</x:v>
-[...2 lines deleted...]
-        <x:v>108</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>33070</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>603407</x:v>
+        <x:v>600163</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>596732</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
@@ -4703,103 +4703,103 @@
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>603822</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>39694</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>11029</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>592216</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
@@ -4815,172 +4815,172 @@
       <x:c r="M45" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>602549</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>602551</x:v>
+        <x:v>603406</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>603406</x:v>
+        <x:v>602551</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
@@ -5298,144 +5298,144 @@
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>577608</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>566754</x:v>
+        <x:v>566780</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>566780</x:v>
+        <x:v>566754</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
@@ -5876,326 +5876,329 @@
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>612443</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>575503</x:v>
+        <x:v>575421</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
-      <x:c r="E65" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H65" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>600047</x:v>
+        <x:v>575503</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
-        <x:v>202</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>44</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>583888</x:v>
+        <x:v>600047</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
+      <x:c r="E67" s="0" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="F67" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="H67" s="0" t="s">
+        <x:v>45</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>611418</x:v>
+        <x:v>583888</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>44</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>575421</x:v>
+        <x:v>611418</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
@@ -8196,51 +8199,51 @@
       <x:c r="J104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>610118</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
@@ -8337,203 +8340,203 @@
       <x:c r="R106" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>579506</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>559654</x:v>
+        <x:v>559810</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>559810</x:v>
+        <x:v>559654</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>577369</x:v>
+        <x:v>573839</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
@@ -8569,209 +8572,209 @@
       <x:c r="R110" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>574345</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>573839</x:v>
+        <x:v>577369</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>568560</x:v>
+        <x:v>576756</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>576756</x:v>
+        <x:v>568560</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
@@ -8786,51 +8789,51 @@
       <x:c r="M114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>573841</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -8849,51 +8852,51 @@
       <x:c r="M115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>583887</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
@@ -10368,51 +10371,51 @@
       <x:c r="K142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>572801</x:v>
+        <x:v>572800</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -10422,51 +10425,51 @@
       <x:c r="K143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>572800</x:v>
+        <x:v>572801</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
@@ -11756,610 +11759,611 @@
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>549793</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>36500</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
+      <x:c r="E167" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="H167" s="0" t="s">
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>33060</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>590156</x:v>
+        <x:v>554872</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>37274</x:v>
+        <x:v>36500</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>100</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>33091</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>586481</x:v>
+        <x:v>590156</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>35376</x:v>
+        <x:v>36500</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>107</x:v>
-[...2 lines deleted...]
-        <x:v>108</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>554872</x:v>
+        <x:v>545498</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
-        <x:v>37274</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>193</x:v>
-[...1 lines deleted...]
-      <x:c r="H170" s="14" t="s"/>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="H170" s="14" t="s">
+        <x:v>108</x:v>
+      </x:c>
       <x:c r="I170" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
-        <x:v>33091</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>572321</x:v>
+        <x:v>554871</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>36500</x:v>
+        <x:v>37274</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>33060</x:v>
+        <x:v>33091</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>545498</x:v>
+        <x:v>572321</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
-        <x:v>69</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>35376</x:v>
+        <x:v>38991</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
-      <x:c r="E172" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>14403</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>554871</x:v>
+        <x:v>575648</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>38991</x:v>
+        <x:v>37274</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>14403</x:v>
+        <x:v>33091</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>575648</x:v>
+        <x:v>586481</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>39696</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>14256</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>574939</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>545497</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38990</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>14461</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>575694</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
@@ -12554,105 +12558,105 @@
       <x:c r="H180" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>554813</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>39694</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>11029</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>575734</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
@@ -12687,90 +12691,90 @@
       <x:c r="M182" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>554916</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>39696</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>14256</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>581551</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
@@ -12811,51 +12815,51 @@
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>573283</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>40</x:v>
@@ -12868,271 +12872,279 @@
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>575974</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
-        <x:v>35376</x:v>
+        <x:v>37274</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>369</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>33091</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>575550</x:v>
+        <x:v>588004</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
-        <x:v>37274</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
+      <x:c r="E187" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="H187" s="0" t="s">
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
-        <x:v>33091</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>588004</x:v>
+        <x:v>554917</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
-        <x:v>69</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
-        <x:v>35376</x:v>
+        <x:v>38990</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
-      <x:c r="E188" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>14461</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>554917</x:v>
+        <x:v>575695</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
-        <x:v>37274</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
+      <x:c r="E189" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="H189" s="0" t="s">
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
-        <x:v>33091</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>581714</x:v>
+        <x:v>556170</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
@@ -13162,209 +13174,203 @@
       <x:c r="R190" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>573294</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>576404</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
-        <x:v>38990</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
-        <x:v>14461</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>575695</x:v>
+        <x:v>575550</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
-        <x:v>35376</x:v>
+        <x:v>37274</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
-      <x:c r="E193" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G193" s="0" t="s">
-        <x:v>107</x:v>
-[...2 lines deleted...]
-        <x:v>108</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>33091</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>556170</x:v>
+        <x:v>581714</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
@@ -13487,159 +13493,163 @@
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>577242</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>567667</x:v>
+        <x:v>559653</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
-      <x:c r="E198" s="14" t="s"/>
-      <x:c r="F198" s="14" t="s"/>
+      <x:c r="E198" s="14" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="F198" s="14" t="s">
+        <x:v>203</x:v>
+      </x:c>
       <x:c r="G198" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>559653</x:v>
+        <x:v>536892</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -13660,100 +13670,96 @@
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>565712</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
-      <x:c r="E200" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E200" s="14" t="s"/>
+      <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>536892</x:v>
+        <x:v>567667</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -14669,145 +14675,145 @@
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>560262</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="I217" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="I217" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K217" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="Q217" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="Q217" s="4" t="s">
+      <x:c r="R217" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="R217" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>573755</x:v>
+        <x:v>572885</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="Q218" s="16" t="s">
         <x:v>431</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>432</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>572885</x:v>
+        <x:v>573755</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
@@ -15083,78 +15089,78 @@
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>526042</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
@@ -15311,73 +15317,73 @@
         <x:v>526031</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>44590</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>570256</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
@@ -15868,51 +15874,51 @@
       <x:c r="J237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>546419</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
@@ -15927,100 +15933,100 @@
       <x:c r="J238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>549538</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>562733</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
@@ -16062,134 +16068,134 @@
       <x:c r="U240" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>559052</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>546426</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
@@ -17340,51 +17346,51 @@
         <x:v>514</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>15061</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>544712</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -17409,51 +17415,51 @@
       <x:c r="M265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>33091</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>549792</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>37274</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
@@ -17484,75 +17490,75 @@
         <x:v>386</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>542820</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>541395</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>39391</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
@@ -17671,51 +17677,51 @@
       <x:c r="H270" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>510681</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
@@ -18037,51 +18043,51 @@
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>453852</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">