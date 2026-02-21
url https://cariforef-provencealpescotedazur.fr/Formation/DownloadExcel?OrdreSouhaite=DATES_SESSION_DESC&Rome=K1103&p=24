--- v0 (2026-02-21)
+++ v1 (2026-02-21)
@@ -797,77 +797,77 @@
   <x:si>
     <x:t>34000</x:t>
   </x:si>
   <x:si>
     <x:t>Scénothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-GENIEZ</x:t>
   </x:si>
   <x:si>
     <x:t>Pratique des piliers de la santé et des techniques de pareeksha selon l’ayurvéda</x:t>
   </x:si>
   <x:si>
     <x:t>06/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aromathérapie énergétique et vibratoire</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>VIDAUBAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Prendre la parole grâce aux techniques théâtrales</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCIMP</x:t>
   </x:si>
   <x:si>
     <x:t>13221</x:t>
   </x:si>
   <x:si>
     <x:t>Prise parole</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
-    <x:t>06/02/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>VIDAUBAN</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Praticien 1 - Hypnose et communication ericksonienne - Initiale</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Relaxation Coréenne - Relation d'Aide par le Toucher</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Profession libérale , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Ayurvédique</x:t>
@@ -1214,56 +1214,56 @@
   <x:si>
     <x:t>GP</x:t>
   </x:si>
   <x:si>
     <x:t>95000</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Licencié pour motif économique , Particulier, individuel , Profession libérale , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Naturopathe</x:t>
   </x:si>
   <x:si>
     <x:t>Hypnothérapeute</x:t>
   </x:si>
   <x:si>
+    <x:t>03/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Professeur de Pilates module pratique, observation et enseignement reformer cadillac</x:t>
   </x:si>
   <x:si>
-    <x:t>03/14/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Acupression du ventre et du dos</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fasciathérapie - principes fondamentaux</x:t>
   </x:si>
   <x:si>
     <x:t>Hippocrates - Tissual balancing academy</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Garuda module Apparatus A</x:t>
@@ -1280,83 +1280,83 @@
   <x:si>
     <x:t>TMG Concept</x:t>
   </x:si>
   <x:si>
     <x:t>63000</x:t>
   </x:si>
   <x:si>
     <x:t>CABRIES</x:t>
   </x:si>
   <x:si>
     <x:t>11/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage bien-être Suédois</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Psychopraticien, parcours réservé aux licenciés en psychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre de ressources et d'enseignement supérieur en psychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRESP FORMATIONS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Handicapé moteur , Particulier, individuel , Public de la formation initiale , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Massage bébé</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
-    <x:t>03/01/2026 00:00:00</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Professeur de Yoga</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Garuda module Garuda Sling</x:t>
   </x:si>
   <x:si>
     <x:t>Danse avec bébé</x:t>
   </x:si>
   <x:si>
     <x:t>Céline Grisoni</x:t>
   </x:si>
   <x:si>
     <x:t>A corps d'elles</x:t>
   </x:si>
   <x:si>
     <x:t>83660</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
@@ -1961,65 +1961,65 @@
   <x:si>
     <x:t>Innovnaturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine traditionnelle chinoise - 1ère année</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Zhong Li</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine traditionnelle chinoise - 1re et 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Consultant (three in one concepts)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Enseignant , Particulier, individuel , Profession libérale , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Médecine Traditionnelle Chinoise - Cursus complet</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Consultant (three in one concepts)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Xavier Court</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien naturothérapie : conseiller en hygiène de vie</x:t>
   </x:si>
   <x:si>
     <x:t>Aesculape - Ecole Libre de Naturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Herboristerie - S'installer en France en tant que praticien</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cursus complet d'herboristerie</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2025 00:00:00</x:t>
@@ -2234,155 +2234,155 @@
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Massage bien-être - Réflexologie plantaire</x:t>
   </x:si>
   <x:si>
     <x:t>Jak - Aftec</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>Unamano</x:t>
   </x:si>
   <x:si>
     <x:t>69250</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Praticien TCC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Handicapé moteur , Profession libérale , Public en emploi , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage sonore aux bols chantants tibétains</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseils en gemmothérapie - Bourgeons et infusions</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage thaïlandais</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention psychologie du développement parcours psychologie clinique du développement : enfance, adolescence, vieillissement</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie du développement parcours psychologie des transitions : orientation, insertion, conseil</x:t>
   </x:si>
   <x:si>
-    <x:t>Praticien TCC</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Massage enfant (de 2 à 12 ans)</x:t>
   </x:si>
   <x:si>
     <x:t>Le protocole Zénith</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté des Sciences du Sport</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Les massages du monde</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Hawaïen Lomi Lomi</x:t>
   </x:si>
   <x:si>
     <x:t>Massage bébé Shantala</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie palmaire énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien(ne) en drainage lymphatique bien-être corps et visage</x:t>
   </x:si>
   <x:si>
     <x:t>Iffcn</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien spécialisé en danse-thérapie contemporaine : organiser un dispositif de danse-thérapie contemporaine</x:t>
   </x:si>
   <x:si>
     <x:t>Massage ayurvédique</x:t>
   </x:si>
   <x:si>
     <x:t>Massage ayurvédique Abhyanga</x:t>
   </x:si>
   <x:si>
     <x:t>Conseils en aromathérapie - Huiles essentielles, hydrolats et huiles végétales</x:t>
   </x:si>
   <x:si>
+    <x:t>Devenir masseur bien-être</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Les bases du massage bien-être</x:t>
+  </x:si>
+  <x:si>
     <x:t>Accompagnement énergétique - Massages énergétiques - Bols tibétains - Réflexologie</x:t>
   </x:si>
   <x:si>
     <x:t>Conseils en phytologie - Huiles essentielles et végétales - Hydrolats - Bourgeons et Infusions - Fleurs de Bach</x:t>
   </x:si>
   <x:si>
     <x:t>Massage bien-être cranien</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Deep Tissue - Niveau 1</x:t>
   </x:si>
   <x:si>
-    <x:t>Devenir masseur bien-être</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Massage Chi Nei Tsang</x:t>
   </x:si>
   <x:si>
-    <x:t>Les bases du massage bien-être</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Sophrologie et sophro-analyse</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil en aromathérapie</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert praticien en thérapies naturelles</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en thérapie par le rire</x:t>
   </x:si>
   <x:si>
     <x:t>Module - Anatomie-Physiologie</x:t>
@@ -2438,56 +2438,56 @@
   <x:si>
     <x:t>12/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien spa et bien-être (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>A Fleur de Peau</x:t>
   </x:si>
   <x:si>
     <x:t>Massage esthétique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Analyse des besoins corporels et émotionnels</x:t>
   </x:si>
   <x:si>
-    <x:t>05/01/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil en phytothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir professeur de Pilates (Cristiane Domenici Pilates)</x:t>
   </x:si>
   <x:si>
     <x:t>Cristiane Domenici</x:t>
@@ -2585,65 +2585,65 @@
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>Public en emploi , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien spa et bien-être (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Adnr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALBONNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Module d’acquisition de compétences en danse-thérapie</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2025 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Animer un atelier de ludothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CNR Formations - Collège de Naturopathie ressourcée</x:t>
   </x:si>
   <x:si>
     <x:t>17250</x:t>
   </x:si>
   <x:si>
     <x:t>LORGUES</x:t>
@@ -2756,69 +2756,69 @@
   <x:si>
     <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Ayurvedique Abhyanga</x:t>
   </x:si>
   <x:si>
     <x:t>12/03/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage suédois Deep Tissue</x:t>
   </x:si>
   <x:si>
     <x:t>Relaxation coréenne</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie plantaire thaïlandaise</x:t>
   </x:si>
   <x:si>
     <x:t>Tuina du dos</x:t>
   </x:si>
   <x:si>
+    <x:t>Art-thérapeute spécialisé en Art-thérapie Contemporaine (1 année)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Madéro'fit</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Minceur</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Oriental</x:t>
   </x:si>
   <x:si>
+    <x:t>Massage lomi lomi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bols Tibétains</x:t>
+  </x:si>
+  <x:si>
     <x:t>Forme et Minceur</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Art-thérapeute spécialisé en Art-thérapie Contemporaine (1 année)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être BC4 déployer une activité de spa et bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être BC2 réaliser des massages bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être BC1 contribuer à l’animation de l’espace de vente</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être BC3 construire des programmes complets et personnalisés de prestations spa et bien-être</x:t>
   </x:si>
@@ -6558,197 +6558,198 @@
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>616440</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>243</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>15002</x:v>
+        <x:v>15450</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="Q62" s="16" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="R62" s="14" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="S62" s="14" t="n">
+        <x:v>616986</x:v>
+      </x:c>
+      <x:c r="T62" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="Q62" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="H63" s="0" t="s">
+        <x:v>246</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>15450</x:v>
+        <x:v>15002</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="S63" s="0" t="n">
+        <x:v>618562</x:v>
+      </x:c>
+      <x:c r="T63" s="4" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="U63" s="4" t="s">
         <x:v>250</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>580512</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
@@ -6902,100 +6903,100 @@
         <x:v>70</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>578441</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>616985</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
@@ -7461,107 +7462,107 @@
       <x:c r="I79" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>580514</x:v>
+        <x:v>599685</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>599685</x:v>
+        <x:v>580514</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>43</x:v>
@@ -9736,145 +9737,145 @@
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>617275</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
-        <x:v>15452</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>586569</x:v>
+        <x:v>600759</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>15452</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>600759</x:v>
+        <x:v>586569</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
@@ -10253,141 +10254,140 @@
       <x:c r="R133" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>586748</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>264</x:v>
-[...1 lines deleted...]
-      <x:c r="H134" s="14" t="s"/>
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="H134" s="14" t="s">
+        <x:v>405</x:v>
+      </x:c>
       <x:c r="I134" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>616484</x:v>
+        <x:v>614993</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
-        <x:v>407</x:v>
-[...2 lines deleted...]
-        <x:v>408</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="L135" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M135" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N135" s="3" t="n">
+        <x:v>43445</x:v>
+      </x:c>
+      <x:c r="O135" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="P135" s="0" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="Q135" s="4" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="R135" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="S135" s="0" t="n">
+        <x:v>616484</x:v>
+      </x:c>
+      <x:c r="T135" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
-      <x:c r="L135" s="0" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
@@ -10445,51 +10445,51 @@
       <x:c r="M137" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>586573</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>43</x:v>
@@ -11270,51 +11270,51 @@
       <x:c r="J153" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>608390</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
@@ -12150,51 +12150,51 @@
         <x:v>492</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>572605</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>110</x:v>
@@ -12522,1065 +12522,1066 @@
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>598469</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>407</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>407</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>602685</x:v>
+        <x:v>598459</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>598450</x:v>
+        <x:v>598476</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>598455</x:v>
+        <x:v>598479</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="H181" s="0" t="s">
+        <x:v>405</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>598456</x:v>
+        <x:v>602685</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>598454</x:v>
+        <x:v>598450</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
-        <x:v>43438</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>598460</x:v>
+        <x:v>598455</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>598468</x:v>
+        <x:v>598456</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>598472</x:v>
+        <x:v>598454</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>598475</x:v>
+        <x:v>598460</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>598446</x:v>
+        <x:v>598468</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>598451</x:v>
+        <x:v>598472</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>598452</x:v>
+        <x:v>598475</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>598457</x:v>
+        <x:v>598446</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>614716</x:v>
+        <x:v>598451</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>587863</x:v>
+        <x:v>598452</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>587854</x:v>
+        <x:v>598457</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>587861</x:v>
+        <x:v>614716</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
-        <x:v>43438</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>598459</x:v>
+        <x:v>587863</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>598476</x:v>
+        <x:v>587854</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>494</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>598479</x:v>
+        <x:v>587861</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
@@ -14141,106 +14142,106 @@
       <x:c r="I209" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>614509</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>407</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>407</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="R210" s="14" t="s">
         <x:v>409</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>412</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>600768</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>60</x:v>
@@ -15093,89 +15094,89 @@
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>598671</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>407</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>407</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="R228" s="14" t="s">
         <x:v>409</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>412</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>588283</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>431</x:v>
@@ -15189,95 +15190,95 @@
       <x:c r="M229" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>588195</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>588185</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>572</x:v>
@@ -15344,51 +15345,51 @@
       <x:c r="M232" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>588193</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>61</x:v>
@@ -15999,51 +16000,51 @@
       <x:c r="I245" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>542237</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
@@ -16052,205 +16053,205 @@
         <x:v>110</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>579683</x:v>
+        <x:v>579680</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>579680</x:v>
+        <x:v>579682</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>579682</x:v>
+        <x:v>579681</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>579681</x:v>
+        <x:v>579683</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>50</x:v>
@@ -16314,51 +16315,51 @@
       <x:c r="M251" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>578435</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C252" s="15" t="s"/>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s"/>
       <x:c r="K252" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
@@ -16584,134 +16585,134 @@
         <x:v>50</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>578993</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>566916</x:v>
+        <x:v>581327</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>632</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
-        <x:v>633</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>581327</x:v>
+        <x:v>566916</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>43</x:v>
@@ -17019,51 +17020,51 @@
       <x:c r="I265" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>542236</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
@@ -17226,51 +17227,51 @@
       <x:c r="I269" s="4" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>520789</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>646</x:v>
       </x:c>
@@ -17899,51 +17900,51 @@
         <x:v>452</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>579985</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>558</x:v>
@@ -19317,1700 +19318,1697 @@
         <x:v>718</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>510287</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
-      <x:c r="C310" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="H310" s="14" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="I310" s="16" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="J310" s="14" t="s"/>
+      <x:c r="K310" s="14" t="s">
         <x:v>722</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
-        <x:v>14405</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>725</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>726</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>575692</x:v>
+        <x:v>579050</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>727</x:v>
+        <x:v>679</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>728</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
-        <x:v>722</x:v>
-[...2 lines deleted...]
-        <x:v>723</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>724</x:v>
-[...2 lines deleted...]
-        <x:v>158</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
-        <x:v>14405</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>726</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>575693</x:v>
+        <x:v>577475</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>727</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
-        <x:v>719</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
-        <x:v>42001</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>719</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>510254</x:v>
+        <x:v>577532</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>720</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
-        <x:v>407</x:v>
-[...2 lines deleted...]
-        <x:v>408</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>579050</x:v>
+        <x:v>577533</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>679</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>731</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>700</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>583</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>42001</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>700</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>583</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>577475</x:v>
+        <x:v>510254</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
-        <x:v>43438</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>577532</x:v>
+        <x:v>577478</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>733</x:v>
-[...1 lines deleted...]
-      <x:c r="C316" s="15" t="s"/>
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="C316" s="15" t="n">
+        <x:v>38992</x:v>
+      </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>700</x:v>
-[...1 lines deleted...]
-      <x:c r="H316" s="14" t="s"/>
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="H316" s="14" t="s">
+        <x:v>728</x:v>
+      </x:c>
       <x:c r="I316" s="16" t="s">
-        <x:v>583</x:v>
-[...1 lines deleted...]
-      <x:c r="J316" s="14" t="s"/>
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="J316" s="14" t="s">
+        <x:v>158</x:v>
+      </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>700</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>583</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>577533</x:v>
+        <x:v>575692</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>732</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>734</x:v>
-[...1 lines deleted...]
-      <x:c r="C317" s="3" t="s"/>
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="C317" s="3" t="n">
+        <x:v>38992</x:v>
+      </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="H317" s="0" t="s">
+        <x:v>728</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="J317" s="0" t="s">
+        <x:v>158</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>579377</x:v>
+        <x:v>575693</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>732</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>735</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
-        <x:v>719</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>719</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>543919</x:v>
+        <x:v>579377</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>720</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>163</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
-        <x:v>722</x:v>
-[...2 lines deleted...]
-        <x:v>723</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>724</x:v>
-[...2 lines deleted...]
-        <x:v>166</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
-        <x:v>15459</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>736</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>724</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>737</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>576262</x:v>
+        <x:v>543919</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>727</x:v>
+        <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>738</x:v>
-[...1 lines deleted...]
-      <x:c r="C320" s="15" t="s"/>
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C320" s="15" t="n">
+        <x:v>35944</x:v>
+      </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>700</x:v>
-[...1 lines deleted...]
-      <x:c r="H320" s="14" t="s"/>
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="H320" s="14" t="s">
+        <x:v>728</x:v>
+      </x:c>
       <x:c r="I320" s="16" t="s">
-        <x:v>583</x:v>
-[...1 lines deleted...]
-      <x:c r="J320" s="14" t="s"/>
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="J320" s="14" t="s">
+        <x:v>166</x:v>
+      </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>15459</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>700</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>583</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>604528</x:v>
+        <x:v>576262</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>732</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>739</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>577482</x:v>
+        <x:v>604528</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>740</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>577459</x:v>
+        <x:v>577482</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>741</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>577476</x:v>
+        <x:v>577459</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>577507</x:v>
+        <x:v>577476</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>577510</x:v>
+        <x:v>577507</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>743</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>743</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>586478</x:v>
+        <x:v>577510</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>580114</x:v>
+        <x:v>586478</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>744</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>745</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
-        <x:v>713</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>598666</x:v>
+        <x:v>580114</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>744</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>510289</x:v>
+        <x:v>598666</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>720</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>711</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>543611</x:v>
+        <x:v>510289</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>577457</x:v>
+        <x:v>543611</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>748</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s"/>
       <x:c r="K332" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
-        <x:v>43438</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>577530</x:v>
+        <x:v>577457</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>577454</x:v>
+        <x:v>577530</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>750</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>700</x:v>
-[...1 lines deleted...]
-      <x:c r="H334" s="14" t="s"/>
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="H334" s="14" t="s">
+        <x:v>405</x:v>
+      </x:c>
       <x:c r="I334" s="16" t="s">
-        <x:v>583</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
-        <x:v>43438</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>700</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
-        <x:v>583</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>577455</x:v>
+        <x:v>579048</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>679</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>577478</x:v>
+        <x:v>576554</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>751</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>577486</x:v>
+        <x:v>603664</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>577505</x:v>
+        <x:v>577454</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>753</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>576554</x:v>
+        <x:v>577455</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>510312</x:v>
+        <x:v>577486</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>720</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>407</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>407</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>579048</x:v>
+        <x:v>577505</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>679</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>603664</x:v>
+        <x:v>510312</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
@@ -21345,89 +21343,89 @@
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>576879</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
-        <x:v>43438</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>576810</x:v>
+        <x:v>576827</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
@@ -21435,213 +21433,213 @@
         <x:v>374</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>576836</x:v>
+        <x:v>576834</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>576848</x:v>
+        <x:v>576861</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I352" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
-        <x:v>43438</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>576862</x:v>
+        <x:v>576875</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
-        <x:v>43438</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>576808</x:v>
+        <x:v>576876</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
@@ -21649,748 +21647,748 @@
         <x:v>374</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>576812</x:v>
+        <x:v>576810</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
-        <x:v>43444</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>576823</x:v>
+        <x:v>576836</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I356" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>576857</x:v>
+        <x:v>576848</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>576863</x:v>
+        <x:v>576862</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I358" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s"/>
       <x:c r="K358" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>576864</x:v>
+        <x:v>576808</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>576837</x:v>
+        <x:v>576812</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C360" s="15" t="s"/>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I360" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s"/>
       <x:c r="K360" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>576839</x:v>
+        <x:v>576823</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>576840</x:v>
+        <x:v>576857</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I362" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>576869</x:v>
+        <x:v>576863</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
-        <x:v>43444</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>576827</x:v>
+        <x:v>576864</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I364" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>576834</x:v>
+        <x:v>576837</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
-        <x:v>43438</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>576861</x:v>
+        <x:v>576839</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
-        <x:v>763</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I366" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>576875</x:v>
+        <x:v>576840</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C367" s="3" t="s"/>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>576876</x:v>
+        <x:v>576869</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
@@ -23511,142 +23509,142 @@
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>568603</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
-        <x:v>789</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C390" s="15" t="s"/>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s"/>
       <x:c r="K390" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>571066</x:v>
+        <x:v>572604</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>790</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="C391" s="3" t="s"/>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>572604</x:v>
+        <x:v>571066</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>790</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C392" s="15" t="s"/>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
@@ -23751,51 +23749,51 @@
         <x:v>103</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s"/>
       <x:c r="K394" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>542235</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>36147</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -23858,51 +23856,51 @@
         <x:v>521</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s"/>
       <x:c r="K396" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>571761</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="C397" s="3" t="s"/>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>800</x:v>
@@ -24484,196 +24482,196 @@
       <x:c r="M408" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>559483</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>727</x:v>
+        <x:v>732</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C409" s="3" t="s"/>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>552623</x:v>
+        <x:v>552601</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C410" s="15" t="s"/>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
-        <x:v>635</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s"/>
       <x:c r="K410" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>635</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>552601</x:v>
+        <x:v>566489</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="C411" s="3" t="s"/>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>566489</x:v>
+        <x:v>552623</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="C412" s="15" t="s"/>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
         <x:v>60</x:v>
@@ -25047,51 +25045,51 @@
       <x:c r="J419" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>42020</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>545825</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>34921</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
@@ -25106,54 +25104,54 @@
       <x:c r="J420" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>42020</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>545827</x:v>
+        <x:v>545823</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>34921</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="E421" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
@@ -25163,212 +25161,212 @@
       <x:c r="J421" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>42020</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>545823</x:v>
+        <x:v>545827</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
-        <x:v>838</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C422" s="15" t="s"/>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s"/>
       <x:c r="K422" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>564158</x:v>
+        <x:v>543790</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>839</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>494</x:v>
+        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>602</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="C423" s="3" t="s"/>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
-        <x:v>840</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="Q423" s="4" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="R423" s="0" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="S423" s="0" t="n">
+        <x:v>564158</x:v>
+      </x:c>
+      <x:c r="T423" s="4" t="s">
         <x:v>840</x:v>
       </x:c>
-      <x:c r="Q423" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>842</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="C424" s="15" t="s"/>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s"/>
       <x:c r="K424" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
         <x:v>564162</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>839</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C425" s="3" t="s"/>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>26</x:v>
@@ -25376,51 +25374,51 @@
       <x:c r="M425" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>540642</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C426" s="15" t="s"/>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s"/>
       <x:c r="K426" s="14" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
@@ -25935,51 +25933,51 @@
         <x:v>869</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s"/>
       <x:c r="K436" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>537595</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="C437" s="3" t="s"/>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>873</x:v>
@@ -26139,51 +26137,51 @@
         <x:v>452</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s"/>
       <x:c r="K440" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
         <x:v>551406</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="C441" s="3" t="s"/>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>452</x:v>
@@ -26241,51 +26239,51 @@
         <x:v>452</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s"/>
       <x:c r="K442" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>551416</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>882</x:v>
       </x:c>
       <x:c r="C443" s="3" t="s"/>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
         <x:v>883</x:v>
       </x:c>
       <x:c r="H443" s="0" t="s">
         <x:v>884</x:v>
@@ -26395,51 +26393,51 @@
       <x:c r="I445" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>551192</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="C446" s="15" t="s"/>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
@@ -26448,100 +26446,100 @@
         <x:v>452</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s"/>
       <x:c r="K446" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>551194</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="C447" s="3" t="s"/>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>551208</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="C448" s="15" t="s"/>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
@@ -26599,51 +26597,51 @@
       <x:c r="I449" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>551218</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="C450" s="15" t="s"/>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
@@ -26803,51 +26801,51 @@
       <x:c r="I453" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>551401</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="C454" s="15" t="s"/>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
@@ -26856,51 +26854,51 @@
         <x:v>452</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s"/>
       <x:c r="K454" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>551411</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C455" s="3" t="s"/>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>452</x:v>
@@ -26958,51 +26956,51 @@
         <x:v>452</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s"/>
       <x:c r="K456" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>551186</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="C457" s="3" t="s"/>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>452</x:v>
@@ -27179,51 +27177,51 @@
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>555359</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="C461" s="3" t="s"/>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
@@ -27264,205 +27262,205 @@
         <x:v>452</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s"/>
       <x:c r="K462" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>551197</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>895</x:v>
       </x:c>
       <x:c r="C463" s="3" t="s"/>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>551341</x:v>
+        <x:v>535904</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>896</x:v>
       </x:c>
       <x:c r="C464" s="15" t="s"/>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s"/>
       <x:c r="K464" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>551373</x:v>
+        <x:v>551341</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>897</x:v>
       </x:c>
       <x:c r="C465" s="3" t="s"/>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>551389</x:v>
+        <x:v>551373</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>898</x:v>
       </x:c>
       <x:c r="C466" s="15" t="s"/>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
         <x:v>452</x:v>
@@ -27471,1018 +27469,1018 @@
       <x:c r="K466" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>551214</x:v>
+        <x:v>551389</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>898</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="C467" s="3" t="s"/>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>551216</x:v>
+        <x:v>555357</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
-        <x:v>894</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="C468" s="15" t="s"/>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s"/>
       <x:c r="K468" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
-        <x:v>555357</x:v>
+        <x:v>551304</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>899</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="C469" s="3" t="s"/>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
-        <x:v>551304</x:v>
+        <x:v>551390</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
-        <x:v>897</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="C470" s="15" t="s"/>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s"/>
       <x:c r="K470" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>551390</x:v>
+        <x:v>551199</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C471" s="3" t="s"/>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>551199</x:v>
+        <x:v>551163</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="C472" s="15" t="s"/>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s"/>
       <x:c r="K472" s="14" t="s">
-        <x:v>892</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>551163</x:v>
+        <x:v>551191</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>860</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="C473" s="3" t="s"/>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>551191</x:v>
+        <x:v>551205</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>900</x:v>
       </x:c>
       <x:c r="C474" s="15" t="s"/>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s"/>
       <x:c r="K474" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
-        <x:v>551205</x:v>
+        <x:v>551206</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>900</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="C475" s="3" t="s"/>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="G475" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>551206</x:v>
+        <x:v>551305</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
-        <x:v>899</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="C476" s="15" t="s"/>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s"/>
       <x:c r="K476" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>551305</x:v>
+        <x:v>551404</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>877</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="C477" s="3" t="s"/>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>551404</x:v>
+        <x:v>551214</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
-        <x:v>895</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="C478" s="15" t="s"/>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s"/>
       <x:c r="K478" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>551338</x:v>
+        <x:v>551216</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>896</x:v>
       </x:c>
       <x:c r="C479" s="3" t="s"/>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>551369</x:v>
+        <x:v>551338</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
-        <x:v>891</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="C480" s="15" t="s"/>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s"/>
       <x:c r="K480" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>551397</x:v>
+        <x:v>551369</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>881</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="C481" s="3" t="s"/>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
-        <x:v>551415</x:v>
+        <x:v>551397</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
-        <x:v>901</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="C482" s="15" t="s"/>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s"/>
       <x:c r="K482" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
-        <x:v>535904</x:v>
+        <x:v>551415</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="C483" s="3" t="s"/>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
-        <x:v>892</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
-        <x:v>551184</x:v>
+        <x:v>551213</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
-        <x:v>888</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C484" s="15" t="s"/>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s"/>
       <x:c r="K484" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
-        <x:v>551193</x:v>
+        <x:v>551184</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>893</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="C485" s="3" t="s"/>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>551213</x:v>
+        <x:v>551193</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>902</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>903</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
@@ -28492,51 +28490,51 @@
       <x:c r="J486" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>546861</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>905</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>906</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
@@ -28546,51 +28544,51 @@
       <x:c r="J487" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>546888</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>905</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>902</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>903</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
@@ -28657,51 +28655,51 @@
       <x:c r="J489" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
         <x:v>546858</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>905</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>907</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s"/>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
@@ -28825,51 +28823,51 @@
       <x:c r="J492" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>546874</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>905</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="G493" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
@@ -28990,51 +28988,51 @@
       <x:c r="J495" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>546880</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>905</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
@@ -29101,51 +29099,51 @@
       <x:c r="J497" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>546882</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>905</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="C498" s="15" t="s"/>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>911</x:v>
       </x:c>
@@ -29636,51 +29634,51 @@
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
         <x:v>495575</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
         <x:v>922</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
-        <x:v>901</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="C508" s="15" t="s"/>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s"/>
       <x:c r="K508" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>