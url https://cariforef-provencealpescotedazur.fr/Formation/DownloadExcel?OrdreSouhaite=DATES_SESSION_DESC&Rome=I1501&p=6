--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -410,168 +410,168 @@
   <x:si>
     <x:t>02/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Travail en hauteur</x:t>
   </x:si>
   <x:si>
     <x:t>Bma Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83210</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>LA FARLEDE</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Travaux en hauteur/Port du harnais</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Europe Formation Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Irata niveau 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Tout public</x:t>
+  </x:si>
+  <x:si>
     <x:t>Initiation travail en hauteur et port du harnais</x:t>
   </x:si>
   <x:si>
     <x:t>Olivier Dupeyre Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ODF</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>12/31/2026 00:00:00</x:t>
+    <x:t>Travaux en hauteur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atout Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FOS-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arniaud Consulteam</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>Formaplus</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
+    <x:t>12/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>CARROS</x:t>
   </x:si>
   <x:si>
-    <x:t>12/31/2028 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>Travaux en hauteur</x:t>
+    <x:t>Bernard Clément Formation Travaux Publics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BCFTP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEMENOS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Btp France Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA VALETTE-DU-VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Les Clés de la Compétence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE CANNET-DES-MAURES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Formation Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFM</x:t>
   </x:si>
   <x:si>
     <x:t>13220</x:t>
   </x:si>
   <x:si>
     <x:t>CHATEAUNEUF-LES-MARTIGUES</x:t>
-  </x:si>
-[...70 lines deleted...]
-    <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Prévention sécurité chantier</x:t>
   </x:si>
   <x:si>
     <x:t>Access Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Educ'Altitudes</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
@@ -1467,139 +1467,139 @@
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>610810</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s"/>
       <x:c r="K8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>31754</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>610842</x:v>
+        <x:v>610835</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>31754</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>610835</x:v>
+        <x:v>610842</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>34</x:v>
@@ -2234,92 +2234,92 @@
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>610827</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>31754</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>610814</x:v>
+        <x:v>610834</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
@@ -2336,92 +2336,92 @@
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>610841</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>31754</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>610834</x:v>
+        <x:v>610814</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
@@ -2523,103 +2523,103 @@
         <x:v>34</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>31754</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>610824</x:v>
+        <x:v>610820</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>31754</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>610820</x:v>
+        <x:v>610824</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>34</x:v>
@@ -3050,145 +3050,145 @@
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>610816</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>31754</x:v>
+        <x:v>31701</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>591740</x:v>
+        <x:v>612785</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>31701</x:v>
+        <x:v>31754</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>612785</x:v>
+        <x:v>591740</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
@@ -3543,103 +3543,103 @@
         <x:v>34</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>31754</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>591751</x:v>
+        <x:v>591747</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>31754</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>591747</x:v>
+        <x:v>591751</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>34</x:v>
@@ -4006,622 +4006,621 @@
       <x:c r="K57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>31701</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>598239</x:v>
+        <x:v>608841</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>31701</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>606887</x:v>
+        <x:v>598181</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="H59" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="I59" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="H59" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>31701</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="Q59" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="Q59" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>605158</x:v>
+        <x:v>598239</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H60" s="14" t="s"/>
+      <x:c r="I60" s="16" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>31701</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="Q60" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="Q60" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>600028</x:v>
+        <x:v>612944</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>31701</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="Q61" s="4" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="R61" s="0" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>135</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>614247</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>31701</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>617770</x:v>
+        <x:v>606886</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>140</x:v>
-[...2 lines deleted...]
-        <x:v>141</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>31701</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>608841</x:v>
+        <x:v>606887</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>136</x:v>
-[...1 lines deleted...]
-      <x:c r="H64" s="14" t="s"/>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H64" s="14" t="s">
+        <x:v>139</x:v>
+      </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>31701</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>617771</x:v>
+        <x:v>600028</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>31701</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>606886</x:v>
+        <x:v>617173</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>31701</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>612944</x:v>
+        <x:v>617770</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>31701</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="Q67" s="4" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="R67" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="Q67" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>617173</x:v>
+        <x:v>617771</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>74</x:v>
-[...1 lines deleted...]
-      <x:c r="H68" s="14" t="s"/>
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="H68" s="14" t="s">
+        <x:v>150</x:v>
+      </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>31701</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>598181</x:v>
+        <x:v>605158</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
@@ -4800,78 +4799,78 @@
         <x:v>167</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>574460</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>31701</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>539112</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>154</x:v>
       </x:c>