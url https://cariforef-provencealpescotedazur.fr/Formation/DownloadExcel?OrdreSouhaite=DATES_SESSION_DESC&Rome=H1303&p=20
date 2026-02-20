--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -443,257 +443,257 @@
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>Chimie</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84916</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
+    <x:t>licence pro mention métiers de la santé : technologies</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion données massives</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence pro mention métiers de la radioprotection et de la sécurité nucléaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Radioprotection</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CIOTAT CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence mention physique, chimie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Physique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS métiers de l'eau (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Alpes Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Traitement eau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Général et Technologique Pierre Gilles de Gennes</x:t>
+  </x:si>
+  <x:si>
     <x:t>licence mention sciences de la vie et de la Terre</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences naturelles</x:t>
   </x:si>
   <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention bio-industries et biotechnologies</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 2</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2027 00:00:00</x:t>
-[...49 lines deleted...]
-  <x:si>
     <x:t>licence mention sciences de la vie</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de l'eau</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P G de Gennes</x:t>
   </x:si>
   <x:si>
     <x:t>04990</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS CEDEX 9</x:t>
   </x:si>
   <x:si>
+    <x:t>licence mention physique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delta - Groupe Someform</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité génie biologique parcours sciences de l'environnement et écotechnologies (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université de Toulon - IUT La Garde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTSA qualité, alimentation, innovation et maîtrise sanitaire option aliments et processus technologiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Akteap</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qualité sécurité agroalimentaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Privé Provence Verte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTSA qualité, alimentation, innovation et maîtrise sanitaire option aliments et processus technologiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée F Pétrarque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS métiers des services à l'environnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Simone Veil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité génie biologique parcours sciences de l'aliment et biotechnologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité hygiène-sécurité-environnement parcours science du danger et management des risques professionnels, technologiques et environnementaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Management environnemental</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ifria Sud Paca - CFA Ifria Sud Paca</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
-    <x:t>Qualité sécurité agroalimentaire</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée Général et Technologique François Pétrarque</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
-    <x:t>Delta - Groupe Someform</x:t>
-[...79 lines deleted...]
-  <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>mastère spé. expert en projets et production d'énergies renouvelables</x:t>
   </x:si>
   <x:si>
     <x:t>Arts et Métiers - Sciences et Technologies - campus d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13617</x:t>
   </x:si>
   <x:si>
     <x:t>Énergie renouvelable</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>DU agent d'hygiène, propreté et stérilisation</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
@@ -1145,104 +1145,104 @@
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Monter, utiliser et démonter des échafaudages roulants</x:t>
   </x:si>
   <x:si>
     <x:t>Bma Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83210</x:t>
   </x:si>
   <x:si>
     <x:t>Risque professionnel</x:t>
   </x:si>
   <x:si>
     <x:t>LA FARLEDE</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Habilitation électrique BF-HF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atout Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Risque industriel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FOS-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Groupe Inter Entreprises de Sécurité (GIES 1) + Groupe Inter Entreprises de Sécurité (GIES 2) + ECI ECV + GTIS + Travaux hauteur + H0B0 + ATEX 1 + Habilitations électriques 1.2 BC BC</x:t>
   </x:si>
   <x:si>
-    <x:t>Atout Conseil</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Groupement Inter Entreprise de Sécurité (GIES 1 + GIES 2) + espaces confinés + Atex 0</x:t>
   </x:si>
   <x:si>
-    <x:t>Habilitation électrique BF-HF</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Institut de Formation Professionnelle en Sécurité du Travail</x:t>
   </x:si>
   <x:si>
     <x:t>IFPST</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>Atmosphère explosive niveau 1 - ATEX 1</x:t>
   </x:si>
   <x:si>
+    <x:t>Sauveteur secouriste du travail - MAC SST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Azur Pro Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-VICTORET</x:t>
+  </x:si>
+  <x:si>
     <x:t>Groupement Inter Entreprise de Sécurité (GIES 1)  + Groupement Inter Entreprise de Sécurité (GIES 2) + Espaces confinés (ECI ECV) +  Groupement Technique Inter Sociétés (GTIS) - Niveau 1 + Habilitation électrique 1.2 BR BC +  Travaux hauteur +  ATEX 1</x:t>
   </x:si>
   <x:si>
-    <x:t>Sauveteur secouriste du travail - MAC SST</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>MAC APS + secourisme</x:t>
   </x:si>
   <x:si>
     <x:t>Gestes et postures</x:t>
   </x:si>
   <x:si>
     <x:t>Convergence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>12/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réception échafaudage</x:t>
   </x:si>
   <x:si>
     <x:t>Plan de prévention et coordination des entreprises extérieures</x:t>
   </x:si>
   <x:si>
     <x:t>Alliance pour l'Emploi et la Formation en Entreprise</x:t>
@@ -1382,156 +1382,156 @@
   <x:si>
     <x:t>Licence mention chimie parcours génie chimique, génie des procédés</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours sciences biologiques et géologiques</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours plurisciences</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence pro mention métiers de la santé : technologies parcours maintenance et technologie biomédicales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence pro mention bio-industries et biotechnologies parcours biotechnologie, immunologie</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique, chimie parcours physique-chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours métiers de la biologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique parcours plurisciences</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence pro mention métiers de la santé : technologies parcours maintenance et technologie biomédicales</x:t>
-[...2 lines deleted...]
-    <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
+    <x:t>Forseco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIRAMAS</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention qualité, hygiène, sécurité, santé, environnement parcours qualité et laboratoire</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention sciences de la vie et de la terre parcours terre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de la vie parcours physiologie et génomique fonctionnelle</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité hygiène-sécurité-environnement parcours science du danger et management des risques professionnels technologiques et environnementaux</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique parcours physique et modélisation</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique parcours physique et ses interactions</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention qualité, hygiène, sécurité, santé, environnement parcours qualité et bonnes pratiques de fabrication</x:t>
   </x:si>
   <x:si>
-    <x:t>Forseco</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Licence mention sciences de la vie parcours biologie</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention sciences de la vie parcours biochimie</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence pro mention génie des procédés et bioprocédés industriels parcours procédés chimiques et pharmaceutiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
   </x:si>
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>Génie chimique</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention risques et environnement parcours gestion territoriale des risques naturels et technologiques - Sciences du risque</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention chimie parcours chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre mention sciences de la vie et de la terre parcours CUPGE « Agro-Véto »</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la Terre parcours biodiversité et écologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours Homme et environnement</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Licence mention sciences de la vie parcours biochimie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours neurosciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique parcours physique et transition énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention qualité, hygiène, sécurité, santé, environnement parcours systèmes de management QHSE en filière viti-vinicole</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique, chimie parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention chimie parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de la radioprotection et de la sécurité nucléaire parcours contrôle des rayonnements ionisants et application des techniques de protection</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de la protection et de la gestion de l'environnement parcours éco-RSE : responsabilité sociétale des entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences de la terre</x:t>
   </x:si>
@@ -3469,376 +3469,376 @@
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>591904</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>40115</x:v>
+        <x:v>40807</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>12054</x:v>
+        <x:v>31023</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>592349</x:v>
+        <x:v>592791</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>40411</x:v>
+        <x:v>40109</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>11502</x:v>
+        <x:v>24121</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>592532</x:v>
+        <x:v>592391</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>40807</x:v>
+        <x:v>38979</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>31023</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="R28" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="R28" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>592791</x:v>
+        <x:v>592021</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="C29" s="3" t="n">
+        <x:v>37964</x:v>
+      </x:c>
+      <x:c r="D29" s="3" t="s"/>
+      <x:c r="E29" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G29" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="C29" s="3" t="n">
-[...5 lines deleted...]
-      </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>24121</x:v>
+        <x:v>12520</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>592391</x:v>
+        <x:v>614600</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>38979</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>592021</x:v>
+        <x:v>592349</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>37964</x:v>
+        <x:v>40411</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
-      <x:c r="E31" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="J31" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="K31" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="L31" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M31" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N31" s="3" t="n">
+        <x:v>11502</x:v>
+      </x:c>
+      <x:c r="O31" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="P31" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="J31" s="0" t="s">
-[...14 lines deleted...]
-      <x:c r="O31" s="0" t="s">
+      <x:c r="Q31" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="P31" s="0" t="s">
+      <x:c r="R31" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="Q31" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>614600</x:v>
+        <x:v>592532</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
@@ -3887,963 +3887,964 @@
         <x:v>37964</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>597146</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>65</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>36937</x:v>
+        <x:v>38978</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
-      <x:c r="E34" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>21570</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>604287</x:v>
+        <x:v>592018</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>39517</x:v>
+        <x:v>38979</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>592170</x:v>
+        <x:v>592022</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>65</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>39944</x:v>
+        <x:v>38701</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
-      <x:c r="E36" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>12570</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>601752</x:v>
+        <x:v>591905</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>35370</x:v>
+        <x:v>38701</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
-      <x:c r="E37" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>171</x:v>
-[...2 lines deleted...]
-        <x:v>172</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>11502</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>602526</x:v>
+        <x:v>591908</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>36937</x:v>
+        <x:v>39944</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>21570</x:v>
+        <x:v>12570</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="P38" s="14" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="Q38" s="16" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="R38" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="P38" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>611635</x:v>
+        <x:v>601752</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>38978</x:v>
+        <x:v>35370</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
+      <x:c r="E39" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="H39" s="0" t="s">
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>592018</x:v>
+        <x:v>602526</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>105</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>38979</x:v>
+        <x:v>36937</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
-      <x:c r="E40" s="14" t="s"/>
+      <x:c r="E40" s="14" t="s">
+        <x:v>67</x:v>
+      </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>21570</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>592022</x:v>
+        <x:v>611635</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>38701</x:v>
+        <x:v>36937</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>11554</x:v>
+        <x:v>21570</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>591905</x:v>
+        <x:v>596448</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>38701</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>11554</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>591908</x:v>
+        <x:v>592171</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>35368</x:v>
+        <x:v>39944</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>12570</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>596697</x:v>
+        <x:v>592320</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>35406</x:v>
+        <x:v>35368</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>12587</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>596713</x:v>
+        <x:v>596697</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>40115</x:v>
+        <x:v>35406</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>12587</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>592346</x:v>
+        <x:v>596713</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>592348</x:v>
+        <x:v>592346</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>36937</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>21570</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>596448</x:v>
+        <x:v>592348</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>592171</x:v>
+        <x:v>592170</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="C49" s="3" t="n">
+        <x:v>36937</x:v>
+      </x:c>
+      <x:c r="D49" s="3" t="s"/>
+      <x:c r="E49" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G49" s="0" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="I49" s="4" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>188</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>12570</x:v>
+        <x:v>21570</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>592320</x:v>
+        <x:v>604287</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
@@ -4870,105 +4871,105 @@
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>591907</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>592020</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>40411</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
@@ -5022,99 +5023,99 @@
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>24147</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>597475</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>592015</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>108</x:v>
@@ -5128,51 +5129,51 @@
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>596630</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>41277</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
@@ -5227,54 +5228,54 @@
       <x:c r="I57" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>591906</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
@@ -5284,156 +5285,156 @@
       <x:c r="I58" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>591909</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>592019</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>592023</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
@@ -5480,360 +5481,360 @@
         <x:v>596698</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>35406</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>603844</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>592347</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>592350</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>592167</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>592168</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>592017</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
@@ -5870,78 +5871,78 @@
       <x:c r="R68" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>592169</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>35344</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>493628</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
@@ -5958,105 +5959,105 @@
       <x:c r="I70" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>607273</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>37003</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>24121</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>601291</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
@@ -6998,51 +6999,51 @@
         <x:v>258</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>616864</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>24</x:v>
@@ -7375,145 +7376,145 @@
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>610729</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>610774</x:v>
+        <x:v>610897</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>610897</x:v>
+        <x:v>610774</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
@@ -7562,107 +7563,107 @@
       <x:c r="I101" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>610782</x:v>
+        <x:v>610798</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>610798</x:v>
+        <x:v>610782</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>25</x:v>
@@ -9632,76 +9633,76 @@
       <x:c r="T141" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>614959</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>235</x:v>
@@ -9938,77 +9939,77 @@
         <x:v>613566</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="G148" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>605272</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>271</x:v>
@@ -10494,145 +10495,145 @@
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>591697</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>591716</x:v>
+        <x:v>591671</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>591671</x:v>
+        <x:v>591716</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>27</x:v>
@@ -10989,51 +10990,51 @@
         <x:v>258</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>616846</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>235</x:v>
@@ -11277,138 +11278,135 @@
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>42884</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>612936</x:v>
+        <x:v>612983</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>311</x:v>
-[...2 lines deleted...]
-        <x:v>312</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42884</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>602749</x:v>
+        <x:v>612936</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>42884</x:v>
       </x:c>
@@ -11417,86 +11415,89 @@
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>555998</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="H177" s="0" t="s">
+        <x:v>312</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
-        <x:v>42884</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>612983</x:v>
+        <x:v>602749</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
@@ -11577,132 +11578,132 @@
       <x:c r="R179" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>612945</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
-        <x:v>42884</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>613992</x:v>
+        <x:v>614529</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42884</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>614529</x:v>
+        <x:v>613992</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
@@ -11934,51 +11935,51 @@
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>576684</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>42884</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
@@ -12251,230 +12252,230 @@
         <x:v>72</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>608268</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>42866</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>598745</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>42866</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>598287</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>42884</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>598283</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>42866</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>573392</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -12976,78 +12977,78 @@
       <x:c r="T205" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>598013</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -13069,51 +13070,51 @@
       <x:c r="M207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>548692</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
@@ -13128,51 +13129,51 @@
       <x:c r="M208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>548691</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>27</x:v>
@@ -13194,148 +13195,148 @@
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>586786</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>35344</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>543641</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>37964</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>547572</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
@@ -13398,101 +13399,101 @@
       <x:c r="J213" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>574907</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>574926</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
@@ -13531,1484 +13532,1485 @@
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>581546</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
-        <x:v>35370</x:v>
+        <x:v>40807</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>31023</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>575964</x:v>
+        <x:v>580913</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
-        <x:v>40411</x:v>
+        <x:v>35370</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>576106</x:v>
+        <x:v>575964</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>38979</x:v>
+        <x:v>40411</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>575004</x:v>
+        <x:v>576106</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
-        <x:v>39517</x:v>
+        <x:v>38979</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>574931</x:v>
+        <x:v>575004</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
-        <x:v>38978</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>581548</x:v>
+        <x:v>574931</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>40807</x:v>
+        <x:v>38978</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
-        <x:v>31023</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>580913</x:v>
+        <x:v>581548</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>444</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>207</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>208</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="J222" s="14" t="s"/>
       <x:c r="K222" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
-        <x:v>31407</x:v>
+        <x:v>42866</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>576127</x:v>
+        <x:v>586601</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
-        <x:v>35406</x:v>
+        <x:v>40331</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
-        <x:v>12587</x:v>
+        <x:v>31407</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="P223" s="0" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="Q223" s="4" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="R223" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="P223" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>575977</x:v>
+        <x:v>576127</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
-        <x:v>38978</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>575000</x:v>
+        <x:v>574927</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
-        <x:v>38978</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>575001</x:v>
+        <x:v>574933</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
-        <x:v>38979</x:v>
+        <x:v>35406</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>12587</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>575005</x:v>
+        <x:v>575977</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
-        <x:v>40331</x:v>
+        <x:v>38978</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
-        <x:v>31407</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>576124</x:v>
+        <x:v>575000</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>377</x:v>
-[...1 lines deleted...]
-      <x:c r="C228" s="15" t="s"/>
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="C228" s="15" t="n">
+        <x:v>38978</x:v>
+      </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>450</x:v>
-[...1 lines deleted...]
-      <x:c r="H228" s="14" t="s"/>
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="H228" s="14" t="s">
+        <x:v>430</x:v>
+      </x:c>
       <x:c r="I228" s="16" t="s">
-        <x:v>451</x:v>
-[...1 lines deleted...]
-      <x:c r="J228" s="14" t="s"/>
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="J228" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
       <x:c r="K228" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>42866</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>450</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>586601</x:v>
+        <x:v>575001</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
-        <x:v>40115</x:v>
+        <x:v>38979</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>574927</x:v>
+        <x:v>575005</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
-        <x:v>39517</x:v>
+        <x:v>40331</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>31407</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>574933</x:v>
+        <x:v>576124</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>581345</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
-        <x:v>65</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
-        <x:v>40804</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
-      <x:c r="E232" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>11534</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>558146</x:v>
+        <x:v>574928</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="C233" s="3" t="n">
+        <x:v>40804</x:v>
+      </x:c>
+      <x:c r="D233" s="3" t="s"/>
+      <x:c r="E233" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G233" s="0" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="H233" s="0" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="I233" s="4" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="J233" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="K233" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="L233" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M233" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N233" s="3" t="n">
+        <x:v>11534</x:v>
+      </x:c>
+      <x:c r="O233" s="0" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="P233" s="0" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="Q233" s="4" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="R233" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
-      <x:c r="C233" s="3" t="n">
-[...38 lines deleted...]
-      </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>577557</x:v>
+        <x:v>558146</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
-        <x:v>39944</x:v>
+        <x:v>39265</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
-        <x:v>12570</x:v>
+        <x:v>12585</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>572335</x:v>
+        <x:v>577557</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
-        <x:v>40115</x:v>
+        <x:v>39944</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>12570</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>581549</x:v>
+        <x:v>572335</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
-        <x:v>38701</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>11554</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>574906</x:v>
+        <x:v>581549</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
-        <x:v>40115</x:v>
+        <x:v>38701</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>574919</x:v>
+        <x:v>574906</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>574920</x:v>
+        <x:v>574919</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>574922</x:v>
+        <x:v>574920</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
-        <x:v>39517</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>574928</x:v>
+        <x:v>574922</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
@@ -15068,114 +15070,114 @@
       <x:c r="G242" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>575002</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>556142</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
@@ -15196,108 +15198,108 @@
       <x:c r="J244" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>576129</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>581550</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
@@ -15360,51 +15362,51 @@
       <x:c r="G247" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>24121</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>575990</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
@@ -15428,51 +15430,51 @@
       <x:c r="J248" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>12254</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>576117</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -15544,51 +15546,51 @@
       <x:c r="J250" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>574930</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>40411</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -15601,158 +15603,158 @@
       <x:c r="J251" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>576109</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>550310</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>574921</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
@@ -15767,229 +15769,229 @@
       <x:c r="G254" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I254" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>574923</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>574924</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>35406</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>554940</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>37003</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>24121</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>556027</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
@@ -16012,54 +16014,54 @@
       <x:c r="I258" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>581591</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -16319,141 +16321,141 @@
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>497981</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>37964</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>494767</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>37964</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>493130</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
@@ -16490,146 +16492,146 @@
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>540650</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>501478</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>523171</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>