--- v0 (2026-02-21)
+++ v1 (2026-02-21)
@@ -386,170 +386,170 @@
   <x:si>
     <x:t>83330</x:t>
   </x:si>
   <x:si>
     <x:t>LE BEAUSSET</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Digne les Bains</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Les Arcs</x:t>
   </x:si>
   <x:si>
     <x:t>83460</x:t>
   </x:si>
   <x:si>
     <x:t>LES ARCS</x:t>
   </x:si>
   <x:si>
+    <x:t>Ecole Nationale des Vins et Boissons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Paul Arène</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SISTERON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ESCCOM </x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>CAP commercialisation et services en hôtel-café-restaurant</x:t>
   </x:si>
   <x:si>
+    <x:t>LP Golf-Hôtel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Sainte-Élisabeth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Ste-Elisabeth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEPTEMES-LES-VALLONS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Jeanne et Paul Augier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Anne-Sophie Pic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cma Formation Gap</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Certificat de spécialisation métiers du bar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Paul Valéry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MENTON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Auguste Escoffier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAGNES-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Comité Interprofessionnel d'Apprentissage Corot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CIA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13333</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-14e</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP Sévigné</x:t>
   </x:si>
   <x:si>
     <x:t>05003</x:t>
   </x:si>
   <x:si>
-    <x:t>Public de la formation initiale</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Paul Arène</x:t>
-[...100 lines deleted...]
-  <x:si>
     <x:t>Tkl Forma</x:t>
   </x:si>
   <x:si>
     <x:t>Tkl Forma - CFA des 3 Caps</x:t>
   </x:si>
   <x:si>
     <x:t>83420</x:t>
   </x:si>
   <x:si>
     <x:t>LA CROIX-VALMER</x:t>
   </x:si>
   <x:si>
     <x:t>EREA Louis Aragon</x:t>
   </x:si>
   <x:si>
     <x:t>13170</x:t>
   </x:si>
   <x:si>
     <x:t>EREA L Aragon</x:t>
   </x:si>
   <x:si>
     <x:t>LES PENNES-MIRABEAU</x:t>
   </x:si>
   <x:si>
     <x:t>LP A Dumas</x:t>
@@ -662,92 +662,92 @@
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées - UFA Argimsa Sessad</x:t>
   </x:si>
   <x:si>
     <x:t>83340</x:t>
   </x:si>
   <x:si>
     <x:t>LE CANNET-DES-MAURES</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée polyvalent P Arène</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SISTERON CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée des Métiers Louis Martin Bret</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Paul Valéry</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP A Escoffier</x:t>
   </x:si>
   <x:si>
     <x:t>06801</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée polyvalent P Arène</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Lycée Polyvalent Hôtelier Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Professionnel Charles Privat</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Professionnel Charles Privat</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Barman/barmaid + module barista</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
@@ -992,72 +992,72 @@
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Umih Formation</x:t>
   </x:si>
   <x:si>
     <x:t>75007</x:t>
   </x:si>
   <x:si>
     <x:t>Jeune 16-25 ans</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Barman BC02 Assurer la préparation et la disponibilité des boissons et produits d’accompagnement servis au bar + spécialisation : l’expertise de la bière - Birologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANDOL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Barman BC02 Assurer la préparation et la disponibilité des boissons et produits d’accompagnement servis au bar + spécialisation : les vins dans les cocktails et les vins de dessert</x:t>
   </x:si>
   <x:si>
-    <x:t>BANDOL</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>COGOLIN</x:t>
   </x:si>
   <x:si>
+    <x:t>CS - Certificat de spécialisation Employé Barman (Ex Mention Complémentaire)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Barman BC02 Assurer la préparation et la disponibilité des boissons et produits d’accompagnement servis au bar + spécialisation : barista et latte art</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Barman BC02 Assurer la préparation et la disponibilité des boissons et produits d’accompagnement servis au bar + spécialisation : flair, verse et free-pouring</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Barman BC02 Assurer la préparation et la disponibilité des boissons et produits d’accompagnement servis au bar + spécialisation cocktaillerie et initiation mixologie</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
@@ -2715,204 +2715,207 @@
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>604805</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B19" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C19" s="3" t="n">
+        <x:v>40096</x:v>
+      </x:c>
+      <x:c r="D19" s="3" t="s"/>
+      <x:c r="E19" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G19" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="B19" s="0" t="s">
+      <x:c r="I19" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="C19" s="3" t="n">
-[...8 lines deleted...]
-      </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Q19" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="R19" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="Q19" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>597406</x:v>
+        <x:v>609976</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>617233</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>608443</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
@@ -2949,238 +2952,238 @@
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>604288</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="I23" s="4" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="Q23" s="4" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>597409</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>105</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>597411</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>597398</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>105</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>597399</x:v>
       </x:c>
@@ -3231,281 +3234,278 @@
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>604226</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>105</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>592265</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H29" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>609976</x:v>
+        <x:v>608196</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>40096</x:v>
+        <x:v>39345</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>608196</x:v>
+        <x:v>599325</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>39345</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
-      <x:c r="E31" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>141</x:v>
-[...1 lines deleted...]
-      <x:c r="H31" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>599325</x:v>
+        <x:v>597406</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
@@ -3525,238 +3525,238 @@
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>607982</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>597404</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>105</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>597405</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>597413</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>105</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>592266</x:v>
       </x:c>
@@ -3935,136 +3935,136 @@
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>604110</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>609455</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>609457</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -4211,70 +4211,70 @@
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>606244</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>592264</x:v>
       </x:c>
@@ -4383,406 +4383,406 @@
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>603520</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
-        <x:v>105</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>597397</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>597400</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
-        <x:v>105</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>597402</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>597407</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
-        <x:v>105</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>597408</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>597410</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
-        <x:v>105</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>597412</x:v>
       </x:c>
@@ -5083,195 +5083,198 @@
         <x:v>604289</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="Q60" s="16" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="R60" s="14" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>599316</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>38424</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H61" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>597401</x:v>
+        <x:v>574078</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>105</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>597403</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -5284,117 +5287,119 @@
       <x:c r="J63" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>574078</x:v>
+        <x:v>566278</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>38424</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>72</x:v>
-[...1 lines deleted...]
-      <x:c r="H64" s="14" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H64" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>615239</x:v>
+        <x:v>566279</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -5476,337 +5481,332 @@
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>604730</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>40096</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
+      <x:c r="E67" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>566278</x:v>
+        <x:v>605953</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
-      <x:c r="E68" s="14" t="s"/>
+      <x:c r="E68" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>566279</x:v>
+        <x:v>608193</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>605953</x:v>
+        <x:v>607433</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>40096</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
-      <x:c r="E70" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>37</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="Q70" s="16" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="R70" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="Q70" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>608193</x:v>
+        <x:v>597401</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
-      <x:c r="E71" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>607433</x:v>
+        <x:v>615239</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>83</x:v>
@@ -6070,159 +6070,160 @@
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>607218</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
+      <x:c r="E77" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>587883</x:v>
+        <x:v>604347</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
-      <x:c r="E78" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>604347</x:v>
+        <x:v>587883</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
@@ -6246,158 +6247,158 @@
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>602760</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>40096</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>602768</x:v>
+        <x:v>602761</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>38424</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>602761</x:v>
+        <x:v>602768</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>39345</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
@@ -8246,51 +8247,51 @@
       <x:c r="K115" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>587383</x:v>
+        <x:v>587385</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>39345</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
@@ -8300,228 +8301,227 @@
       <x:c r="J116" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>587386</x:v>
+        <x:v>587383</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>39345</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>587385</x:v>
+        <x:v>587386</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
-        <x:v>39345</x:v>
+        <x:v>37379</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>145</x:v>
-[...1 lines deleted...]
-      <x:c r="H118" s="14" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H118" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="I118" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>587382</x:v>
+        <x:v>564406</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>37379</x:v>
+        <x:v>39345</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>564406</x:v>
+        <x:v>587382</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>39345</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -8542,51 +8542,51 @@
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>587312</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>39345</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>42723</x:v>
@@ -8707,51 +8707,51 @@
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>587397</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>39345</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>101</x:v>
@@ -8813,51 +8813,51 @@
       <x:c r="M125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>566277</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
@@ -8926,51 +8926,51 @@
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>551814</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
@@ -9039,51 +9039,51 @@
       <x:c r="M129" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>587216</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
@@ -9152,51 +9152,51 @@
       <x:c r="M131" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>587217</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
@@ -9253,1364 +9253,1363 @@
       <x:c r="G133" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>547786</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>553689</x:v>
+        <x:v>559030</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>559030</x:v>
+        <x:v>553258</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
-        <x:v>38424</x:v>
+        <x:v>37379</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
-      <x:c r="E136" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>553258</x:v>
+        <x:v>557465</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
-      <x:c r="E137" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>604100</x:v>
+        <x:v>572139</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>39345</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>599324</x:v>
+        <x:v>553689</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="H139" s="0" t="s">
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>570004</x:v>
+        <x:v>604100</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
-        <x:v>40096</x:v>
+        <x:v>39345</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>145</x:v>
-[...1 lines deleted...]
-      <x:c r="H140" s="14" t="s"/>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H140" s="14" t="s">
+        <x:v>139</x:v>
+      </x:c>
       <x:c r="I140" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>570011</x:v>
+        <x:v>599324</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>115</x:v>
-[...2 lines deleted...]
-        <x:v>116</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>555790</x:v>
+        <x:v>570004</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>38424</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>81</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>552856</x:v>
+        <x:v>570011</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>37379</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
+      <x:c r="E143" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>557465</x:v>
+        <x:v>555790</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>40096</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>565332</x:v>
+        <x:v>552856</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
-        <x:v>38424</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>567817</x:v>
+        <x:v>565332</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
-        <x:v>38424</x:v>
+        <x:v>37492</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>554098</x:v>
+        <x:v>570002</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="H147" s="0" t="s">
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>554099</x:v>
+        <x:v>567817</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
-        <x:v>37492</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>570002</x:v>
+        <x:v>554098</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>40096</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>565336</x:v>
+        <x:v>554099</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
-      <x:c r="E150" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>552854</x:v>
+        <x:v>572144</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
-        <x:v>157</x:v>
-[...2 lines deleted...]
-        <x:v>158</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>572144</x:v>
+        <x:v>572132</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
-        <x:v>38424</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
-      <x:c r="E152" s="14" t="s"/>
+      <x:c r="E152" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>206</x:v>
-[...1 lines deleted...]
-      <x:c r="H152" s="14" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H152" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="I152" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>572132</x:v>
+        <x:v>565336</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>570577</x:v>
+        <x:v>552854</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>72</x:v>
-[...1 lines deleted...]
-      <x:c r="H154" s="14" t="s"/>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H154" s="14" t="s">
+        <x:v>139</x:v>
+      </x:c>
       <x:c r="I154" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>547588</x:v>
+        <x:v>570577</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
+      <x:c r="E155" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>572139</x:v>
+        <x:v>547588</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>87</x:v>
@@ -11098,51 +11097,51 @@
         <x:v>72</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>547590</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
@@ -11155,57 +11154,57 @@
       <x:c r="G165" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>547592</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
@@ -11235,51 +11234,51 @@
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>572136</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>37379</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>30</x:v>
@@ -11622,51 +11621,51 @@
       <x:c r="J173" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>572138</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11760,51 +11759,51 @@
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>565338</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -12419,260 +12418,258 @@
       <x:c r="R186" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>572143</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>572137</x:v>
+        <x:v>572134</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
-      <x:c r="E188" s="14" t="s"/>
+      <x:c r="E188" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>572134</x:v>
+        <x:v>547591</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
-      <x:c r="E189" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>157</x:v>
-[...2 lines deleted...]
-        <x:v>158</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>520641</x:v>
+        <x:v>572137</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>72</x:v>
-[...1 lines deleted...]
-      <x:c r="H190" s="14" t="s"/>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="H190" s="14" t="s">
+        <x:v>158</x:v>
+      </x:c>
       <x:c r="I190" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>547591</x:v>
+        <x:v>520641</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -12735,51 +12732,51 @@
         <x:v>206</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>515681</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
@@ -13244,148 +13241,148 @@
       <x:c r="S200" s="14" t="n">
         <x:v>497823</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>500442</x:v>
+        <x:v>502299</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>502299</x:v>
+        <x:v>500442</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -13486,78 +13483,78 @@
       <x:c r="S204" s="14" t="n">
         <x:v>496918</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>502437</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
@@ -13916,156 +13913,156 @@
         <x:v>350</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>177597</x:v>
+        <x:v>177596</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>177596</x:v>
+        <x:v>177600</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>177600</x:v>
+        <x:v>177597</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 