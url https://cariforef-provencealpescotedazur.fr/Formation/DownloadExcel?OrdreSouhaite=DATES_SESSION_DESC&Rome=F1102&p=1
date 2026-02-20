--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -530,66 +530,66 @@
   <x:si>
     <x:t>décorateur d'intérieur et aménagement d'espace</x:t>
   </x:si>
   <x:si>
     <x:t>Cuisine salle de bains</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>INEAD-ESMAC</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>01/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Twinmotion - Logiciel photorealiste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Française du Bâtiment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Décoration d'intérieur</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>Twinmotion - Logiciel photorealiste</x:t>
   </x:si>
   <x:si>
     <x:t>Enscape - Logiciel rendu photorealiste</x:t>
   </x:si>
   <x:si>
     <x:t>Thearender - Logiciel rendu photoréaliste</x:t>
   </x:si>
   <x:si>
     <x:t>Architecture d'intérieur</x:t>
   </x:si>
   <x:si>
     <x:t>Designer en architecture d'intérieur blocs de compétences BC01 - BC02</x:t>
   </x:si>
   <x:si>
     <x:t>RC Forma</x:t>
   </x:si>
   <x:si>
     <x:t>06250</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale , Public en emploi , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
@@ -2808,148 +2808,148 @@
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>595939</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>37226</x:v>
+        <x:v>36941</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>45054</x:v>
+        <x:v>22223</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>595946</x:v>
+        <x:v>595572</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>36941</x:v>
+        <x:v>37226</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>22223</x:v>
+        <x:v>45054</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>595572</x:v>
+        <x:v>595946</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>62</x:v>
@@ -4645,121 +4645,121 @@
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>588507</x:v>
+        <x:v>600744</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>600744</x:v>
+        <x:v>588507</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>155</x:v>
@@ -7753,51 +7753,51 @@
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>547213</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>