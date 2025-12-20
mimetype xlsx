--- v0 (2025-12-20)
+++ v1 (2025-12-20)
@@ -533,62 +533,62 @@
   <x:si>
     <x:t>La photographie argentique à la chambre</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>De la prise de vue à Photoshop : organiser son travail</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Le tirage noir et blanc en baryté</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Le portrait</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>La photographie au service de la muséologie</x:t>
   </x:si>
   <x:si>
-    <x:t>03/03/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Le mentorat : analyser les enjeux de sa pratique photographique pour améliorer sa diffusion et sa promotion</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Le portrait et l'image de soi</x:t>
   </x:si>
   <x:si>
     <x:t>Atelier Charles</x:t>
   </x:si>
   <x:si>
     <x:t>57000</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan</x:t>
@@ -695,72 +695,72 @@
   <x:si>
     <x:t>Photographie - de la prise de vue au post-traitement avec lightroom et photoshop</x:t>
   </x:si>
   <x:si>
     <x:t>Senza</x:t>
   </x:si>
   <x:si>
     <x:t>34070</x:t>
   </x:si>
   <x:si>
     <x:t>02/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
+    <x:t>Initiation à la photographie numérique  - niveau 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Terkane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-RAPHAEL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/19/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Initiation à la photographie numérique - niveau 1 et 2</x:t>
   </x:si>
   <x:si>
-    <x:t>Terkane</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>La photographie de portrait</x:t>
   </x:si>
   <x:si>
     <x:t>La photographie d'objets - Packshot</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Initiation à la photographie numérique  - niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>Stylisme et photographie culinaire</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Prise de vue photo - perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro photographie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
@@ -3479,51 +3479,51 @@
       <x:c r="K40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>587794</x:v>
+        <x:v>599012</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>51</x:v>
@@ -3531,51 +3531,51 @@
       <x:c r="K41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>599012</x:v>
+        <x:v>587794</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -3923,154 +3923,153 @@
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>599304</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>36970</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
-      <x:c r="E49" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>547782</x:v>
+        <x:v>543676</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>36970</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
-      <x:c r="E50" s="14" t="s"/>
+      <x:c r="E50" s="14" t="s">
+        <x:v>43</x:v>
+      </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>543676</x:v>
+        <x:v>547782</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
@@ -4100,258 +4099,256 @@
         <x:v>588159</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>36970</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>58</x:v>
-[...1 lines deleted...]
-      <x:c r="H52" s="14" t="s"/>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H52" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>555283</x:v>
+        <x:v>556813</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>36970</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
+      <x:c r="E53" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>547089</x:v>
+        <x:v>555283</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>182</x:v>
-[...1 lines deleted...]
-      <x:c r="C54" s="15" t="s"/>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="C54" s="15" t="n">
+        <x:v>36970</x:v>
+      </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>184</x:v>
-[...1 lines deleted...]
-      <x:c r="J54" s="14" t="s"/>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="J54" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="K54" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>46281</x:v>
+        <x:v>46278</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>588162</x:v>
+        <x:v>547089</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>42</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
-      <x:c r="E55" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>47</x:v>
-[...2 lines deleted...]
-        <x:v>48</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>49</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>46278</x:v>
+        <x:v>46281</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>556813</x:v>
+        <x:v>588162</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>37233</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -4826,51 +4823,51 @@
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>46283</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>567688</x:v>
+        <x:v>567687</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>210</x:v>
@@ -4879,100 +4876,100 @@
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>46283</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>567692</x:v>
+        <x:v>567688</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>46283</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>567691</x:v>
+        <x:v>567692</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>210</x:v>
@@ -4981,51 +4978,51 @@
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>46283</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>567687</x:v>
+        <x:v>567691</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
@@ -5669,122 +5666,122 @@
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>501629</x:v>
+        <x:v>499589</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>499589</x:v>
+        <x:v>501629</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37233</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>54</x:v>
       </x:c>