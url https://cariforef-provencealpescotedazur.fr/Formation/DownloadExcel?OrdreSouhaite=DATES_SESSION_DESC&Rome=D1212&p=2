--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -665,69 +665,69 @@
   <x:si>
     <x:t>08/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe B2C Formation - Synergy School</x:t>
   </x:si>
   <x:si>
     <x:t>06800</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES-SUR-MER</x:t>
   </x:si>
   <x:si>
+    <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFAPE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIX-FOURS-LES-PLAGES</x:t>
+  </x:si>
+  <x:si>
     <x:t>H et C Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>63000</x:t>
   </x:si>
   <x:si>
     <x:t>H et C Conseil - Antenne Nice</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Irc Sud</x:t>
   </x:si>
   <x:si>
     <x:t>Vénus Consulting</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
@@ -3752,157 +3752,154 @@
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>599904</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
-      <x:c r="E40" s="14" t="s"/>
-      <x:c r="F40" s="14" t="s"/>
+      <x:c r="E40" s="14" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="F40" s="14" t="s">
+        <x:v>165</x:v>
+      </x:c>
       <x:c r="G40" s="14" t="s">
-        <x:v>65</x:v>
-[...1 lines deleted...]
-      <x:c r="H40" s="14" t="s"/>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>609634</x:v>
+        <x:v>612366</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
-      <x:c r="E41" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>78</x:v>
-[...2 lines deleted...]
-        <x:v>79</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>612366</x:v>
+        <x:v>609634</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="G42" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>186</x:v>
@@ -4226,143 +4223,142 @@
       <x:c r="T47" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="H48" s="14" t="s"/>
+      <x:c r="H48" s="14" t="s">
+        <x:v>199</x:v>
+      </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="Q48" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="Q48" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>602037</x:v>
+        <x:v>601960</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>201</x:v>
-[...1 lines deleted...]
-      <x:c r="H49" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>601960</x:v>
+        <x:v>602037</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
@@ -4454,84 +4450,84 @@
         <x:v>588061</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="Q52" s="16" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="R52" s="14" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>601961</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -5952,686 +5948,688 @@
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>557877</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
-        <x:v>37098</x:v>
+        <x:v>36865</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>34566</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>555846</x:v>
+        <x:v>548566</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>36865</x:v>
+        <x:v>37098</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>255</x:v>
-[...2 lines deleted...]
-        <x:v>256</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>34566</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>548566</x:v>
+        <x:v>552363</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>552363</x:v>
+        <x:v>552987</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="H81" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>552987</x:v>
+        <x:v>555843</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>78</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>555843</x:v>
+        <x:v>557876</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>557876</x:v>
+        <x:v>555068</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
-      <x:c r="E84" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>555068</x:v>
+        <x:v>581579</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
+      <x:c r="E85" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="H85" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>581579</x:v>
+        <x:v>555846</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>555070</x:v>
+        <x:v>587435</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>552328</x:v>
+        <x:v>555070</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>587435</x:v>
+        <x:v>552328</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
@@ -7114,84 +7112,84 @@
         <x:v>549548</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="Q98" s="16" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="R98" s="14" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>546926</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -7233,84 +7231,84 @@
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>566418</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="Q100" s="16" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="R100" s="14" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>551843</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>35</x:v>
       </x:c>