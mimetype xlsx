--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -329,101 +329,101 @@
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESCCOM </x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Carnot)</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>France Langues Communication - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLC FORMATION</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VILLENEUVE-LOUBET</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation La Seyne sur Mer</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional de la Métropôle Nice Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>CARROS</x:t>
   </x:si>
   <x:si>
     <x:t>Esid</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>Esid - Antenne Nice</x:t>
   </x:si>
   <x:si>
-    <x:t>France Langues Communication - CFA</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Vendeur conseil omnicanal</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Sud des Métiers - ICS Institut du commerce et des services</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Vente distribution</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Sud des Métiers - Institut du commerce et des services</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Gap</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
@@ -464,65 +464,65 @@
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Nice Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CCI</x:t>
   </x:si>
   <x:si>
     <x:t>Vip and Co</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice</x:t>
   </x:si>
   <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Montfavet</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut de Formation des Métiers de la Pharmacie</x:t>
   </x:si>
   <x:si>
     <x:t>IFMP</x:t>
   </x:si>
   <x:si>
     <x:t>13248</x:t>
   </x:si>
   <x:si>
     <x:t>SISTERON</x:t>
   </x:si>
   <x:si>
-    <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Montfavet</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Coaching Paca - Ecole Supérieure de Commerce et de Management</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
@@ -653,60 +653,60 @@
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>Défi 83</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Groupe B2C Formation - Synergy School</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAGNES-SUR-MER</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>CAGNES-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>IFAPE</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>H et C Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>63000</x:t>
   </x:si>
   <x:si>
     <x:t>H et C Conseil - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2028 00:00:00</x:t>
   </x:si>
@@ -2077,254 +2077,255 @@
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="Q11" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="R11" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="Q11" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>604197</x:v>
+        <x:v>603092</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H12" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="I12" s="16" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>605613</x:v>
+        <x:v>604197</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
+      <x:c r="H13" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="Q13" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="Q13" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>605240</x:v>
+        <x:v>605613</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>99</x:v>
-[...1 lines deleted...]
-      <x:c r="H14" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
+      <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>603092</x:v>
+        <x:v>605240</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>36865</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -2353,57 +2354,57 @@
         <x:v>596814</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
@@ -2649,137 +2650,137 @@
       <x:c r="S20" s="14" t="n">
         <x:v>605456</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>605241</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>605239</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
@@ -2815,158 +2816,158 @@
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>608490</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>37098</x:v>
+        <x:v>36865</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>34566</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>600638</x:v>
+        <x:v>602873</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>36865</x:v>
+        <x:v>37098</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>34566</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="Q25" s="4" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="R25" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="Q25" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>602873</x:v>
+        <x:v>600638</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>125</x:v>
@@ -4107,145 +4108,145 @@
         <x:v>599534</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>602409</x:v>
+        <x:v>611169</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="S47" s="0" t="n">
+        <x:v>602409</x:v>
+      </x:c>
+      <x:c r="T47" s="4" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>194</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>199</x:v>
@@ -4262,51 +4263,51 @@
       <x:c r="L48" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>601960</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
@@ -4319,51 +4320,51 @@
       <x:c r="L49" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>602037</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -4376,51 +4377,51 @@
       <x:c r="L50" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>602819</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -4430,51 +4431,51 @@
       <x:c r="L51" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>588061</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>199</x:v>
@@ -4491,51 +4492,51 @@
       <x:c r="L52" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>601961</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
@@ -4548,51 +4549,51 @@
       <x:c r="L53" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>599157</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
@@ -5095,200 +5096,201 @@
       <x:c r="T62" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>581194</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
-      <x:c r="E64" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>548174</x:v>
+        <x:v>569971</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
+      <x:c r="E65" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>569971</x:v>
+        <x:v>548174</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
@@ -5348,110 +5350,110 @@
       <x:c r="J67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>524651</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="Q68" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="Q68" s="16" t="s">
+      <x:c r="R68" s="14" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>546278</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>36865</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -5666,196 +5668,196 @@
       <x:c r="S72" s="14" t="n">
         <x:v>571695</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>547266</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>548902</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>552327</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
@@ -6022,78 +6024,78 @@
       <x:c r="S78" s="14" t="n">
         <x:v>552987</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>552363</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
@@ -6318,75 +6320,75 @@
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>587435</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
@@ -6427,209 +6429,210 @@
         <x:v>581579</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>78</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>555846</x:v>
+        <x:v>552328</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="H87" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>555070</x:v>
+        <x:v>555846</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>552328</x:v>
+        <x:v>555070</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
@@ -7409,84 +7412,84 @@
       <x:c r="S102" s="14" t="n">
         <x:v>502642</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>504559</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>35</x:v>
       </x:c>