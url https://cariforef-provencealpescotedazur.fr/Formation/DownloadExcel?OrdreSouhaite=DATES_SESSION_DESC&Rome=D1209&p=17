--- v0 (2026-02-21)
+++ v1 (2026-02-21)
@@ -491,83 +491,92 @@
   <x:si>
     <x:t>Bac pro technicien conseil vente univers jardinerie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional Agricole Public PACA</x:t>
   </x:si>
   <x:si>
     <x:t>06601</x:t>
   </x:si>
   <x:si>
     <x:t>Vente produit horticole</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Carpentras</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cma Formation Avignon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
     <x:t>Esid</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>Esid - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Collège Henri Wallon</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Gap</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
-    <x:t>Cma Formation Avignon</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Coaching Paca - Ecole Supérieure de Commerce et de Management</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation des Métiers de la Pharmacie</x:t>
   </x:si>
   <x:si>
     <x:t>IFMP</x:t>
   </x:si>
   <x:si>
     <x:t>13248</x:t>
   </x:si>
   <x:si>
     <x:t>SISTERON</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
@@ -599,59 +608,50 @@
   <x:si>
     <x:t>Métropôle Aix Marseille Provence - CFA Métropolitain - Campus des Métiers</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>Legta de Gap - Lycée Agricole des Hautes Alpes Les Emeyères</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Saint Rémy de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13210</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-REMY-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
-    <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Centre National d'Enseignement à Distance</x:t>
   </x:si>
   <x:si>
     <x:t>CNED</x:t>
   </x:si>
   <x:si>
     <x:t>86360</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>CHASSENEUIL-DU-POITOU</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2027 00:00:00</x:t>
@@ -941,117 +941,117 @@
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13821</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>Solutys - Campus Privé</x:t>
   </x:si>
   <x:si>
     <x:t>Weno Ies</x:t>
   </x:si>
   <x:si>
     <x:t>93110</x:t>
   </x:si>
   <x:si>
     <x:t>BP Fleuriste</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Muse</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BM fleuriste (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/30/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2025 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller de vente (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Ladapt</x:t>
   </x:si>
   <x:si>
     <x:t>75019</x:t>
   </x:si>
   <x:si>
     <x:t>Ladapt - Antenne Toulon - CFA Spécialisé</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
@@ -2934,1588 +2934,1587 @@
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>593067</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>38400</x:v>
+        <x:v>41062</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
-      <x:c r="E24" s="14" t="s"/>
+      <x:c r="E24" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>34503</x:v>
+        <x:v>34534</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>601059</x:v>
+        <x:v>605801</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>41062</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>34534</x:v>
+        <x:v>34503</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>605801</x:v>
+        <x:v>605922</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>37098</x:v>
+        <x:v>36005</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>140</x:v>
-[...1 lines deleted...]
-      <x:c r="H26" s="14" t="s"/>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s">
+        <x:v>96</x:v>
+      </x:c>
       <x:c r="I26" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>34503</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>605240</x:v>
+        <x:v>607538</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
-      <x:c r="E27" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>605991</x:v>
+        <x:v>601059</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>95</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>604279</x:v>
+        <x:v>605240</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>37098</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H29" s="0" t="s">
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>34503</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>605239</x:v>
+        <x:v>605991</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>38400</x:v>
+        <x:v>37098</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>34503</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>607559</x:v>
+        <x:v>604279</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>599052</x:v>
+        <x:v>605239</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>37098</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>34503</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>600638</x:v>
+        <x:v>607559</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>159</x:v>
-[...2 lines deleted...]
-        <x:v>160</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>608489</x:v>
+        <x:v>599052</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="H34" s="14" t="s">
+      <x:c r="I34" s="16" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>608490</x:v>
+        <x:v>600638</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>38400</x:v>
+        <x:v>37098</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>34503</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>607560</x:v>
+        <x:v>608489</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>165</x:v>
-[...1 lines deleted...]
-      <x:c r="H36" s="14" t="s"/>
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s">
+        <x:v>163</x:v>
+      </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>605456</x:v>
+        <x:v>608490</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>37098</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H37" s="0" t="s">
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>34503</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>605457</x:v>
+        <x:v>607560</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>36005</x:v>
+        <x:v>37098</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="H38" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>34503</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>600308</x:v>
+        <x:v>605456</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>38400</x:v>
+        <x:v>37098</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="H39" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>34503</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>600331</x:v>
+        <x:v>605457</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>38400</x:v>
+        <x:v>36005</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>604813</x:v>
+        <x:v>600308</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>41062</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>34534</x:v>
+        <x:v>34503</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>605802</x:v>
+        <x:v>600331</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>41062</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>34534</x:v>
+        <x:v>34503</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>605803</x:v>
+        <x:v>604813</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>38400</x:v>
+        <x:v>41062</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
+      <x:c r="E43" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>34503</x:v>
+        <x:v>34534</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>606268</x:v>
+        <x:v>605802</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>37098</x:v>
+        <x:v>41062</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>140</x:v>
-[...1 lines deleted...]
-      <x:c r="H44" s="14" t="s"/>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H44" s="14" t="s">
+        <x:v>110</x:v>
+      </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>34534</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>605241</x:v>
+        <x:v>605803</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
-      <x:c r="E45" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>605922</x:v>
+        <x:v>606268</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>36005</x:v>
+        <x:v>37098</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>95</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>34503</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>607538</x:v>
+        <x:v>605241</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>600332</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>615773</x:v>
+        <x:v>615772</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>615772</x:v>
+        <x:v>615773</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>57</x:v>
@@ -5015,81 +5014,81 @@
       <x:c r="T58" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>612364</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
@@ -5322,129 +5321,129 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>609634</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>612366</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
@@ -5458,93 +5457,93 @@
       <x:c r="I66" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>583665</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>598727</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
@@ -5714,81 +5713,81 @@
       <x:c r="R70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>602037</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>602819</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
@@ -5843,51 +5842,51 @@
         <x:v>34</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>611169</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
@@ -6068,120 +6067,120 @@
       <x:c r="T76" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>599157</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>601668</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
@@ -6191,51 +6190,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>605092</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
@@ -6248,129 +6247,129 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>583316</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>579505</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
@@ -6416,135 +6415,135 @@
       <x:c r="S82" s="14" t="n">
         <x:v>579503</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>572191</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>566747</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -6557,51 +6556,51 @@
       <x:c r="J85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>545318</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -6986,111 +6985,111 @@
       <x:c r="S92" s="14" t="n">
         <x:v>577070</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>524651</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="G94" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
@@ -7177,51 +7176,51 @@
       <x:c r="C96" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>546278</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
@@ -7438,398 +7437,398 @@
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>546535</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>37098</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
-      <x:c r="E101" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H101" s="0" t="s">
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>34503</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="S101" s="0" t="n">
+        <x:v>570893</x:v>
+      </x:c>
+      <x:c r="T101" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="S101" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>38400</x:v>
+        <x:v>37098</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>95</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>34503</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>552735</x:v>
+        <x:v>555110</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>552764</x:v>
+        <x:v>552735</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
-      <x:c r="E104" s="14" t="s"/>
+      <x:c r="E104" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>570893</x:v>
+        <x:v>552764</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>552328</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>34215</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>34534</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>549849</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
@@ -7842,51 +7841,51 @@
       <x:c r="L107" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>555068</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>96</x:v>
@@ -7903,51 +7902,51 @@
       <x:c r="L108" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>553271</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
@@ -7963,281 +7962,281 @@
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>551929</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>557877</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>571695</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>581577</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>552327</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>34215</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>110</x:v>
@@ -8254,111 +8253,111 @@
       <x:c r="L114" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>34534</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>549846</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>555846</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>36005</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
@@ -8373,108 +8372,108 @@
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>565102</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>552363</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>114</x:v>
@@ -8491,51 +8490,51 @@
       <x:c r="L118" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>548902</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
@@ -8551,51 +8550,51 @@
       <x:c r="L119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>547266</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>96</x:v>
@@ -8612,51 +8611,51 @@
       <x:c r="L120" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>553272</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
@@ -8669,1330 +8668,1329 @@
       <x:c r="L121" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>587435</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
-        <x:v>38400</x:v>
+        <x:v>37098</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
-      <x:c r="E122" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>88</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>34503</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>569180</x:v>
+        <x:v>572188</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>36005</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>552710</x:v>
+        <x:v>569180</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
-        <x:v>37098</x:v>
+        <x:v>36005</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>294</x:v>
-[...1 lines deleted...]
-      <x:c r="H124" s="14" t="s"/>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H124" s="14" t="s">
+        <x:v>96</x:v>
+      </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>34503</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>557876</x:v>
+        <x:v>552710</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>555070</x:v>
+        <x:v>557876</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
-      <x:c r="E126" s="14" t="s"/>
+      <x:c r="E126" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>581579</x:v>
+        <x:v>555070</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
-      <x:c r="E127" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>159</x:v>
-[...2 lines deleted...]
-        <x:v>160</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>555843</x:v>
+        <x:v>581579</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>70</x:v>
-[...1 lines deleted...]
-      <x:c r="H128" s="14" t="s"/>
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="H128" s="14" t="s">
+        <x:v>163</x:v>
+      </x:c>
       <x:c r="I128" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>552987</x:v>
+        <x:v>555843</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
-        <x:v>36005</x:v>
+        <x:v>37098</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>168</x:v>
-[...2 lines deleted...]
-        <x:v>110</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
-        <x:v>34503</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>547371</x:v>
+        <x:v>552987</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
-        <x:v>38400</x:v>
+        <x:v>36005</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>547389</x:v>
+        <x:v>547371</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>37866</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>547365</x:v>
+        <x:v>547389</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
-        <x:v>38400</x:v>
+        <x:v>37866</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>547388</x:v>
+        <x:v>547365</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>37098</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
+      <x:c r="E133" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="H133" s="0" t="s">
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>34503</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>577268</x:v>
+        <x:v>547388</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>38400</x:v>
+        <x:v>37098</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>179</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>34503</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>580642</x:v>
+        <x:v>577268</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>580644</x:v>
+        <x:v>610857</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>610858</x:v>
+        <x:v>580644</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>580643</x:v>
+        <x:v>610858</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>580645</x:v>
+        <x:v>580642</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>610857</x:v>
+        <x:v>580643</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
-        <x:v>37098</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>65</x:v>
-[...1 lines deleted...]
-      <x:c r="H140" s="14" t="s"/>
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="H140" s="14" t="s">
+        <x:v>180</x:v>
+      </x:c>
       <x:c r="I140" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>34503</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>572857</x:v>
+        <x:v>580645</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>569972</x:v>
+        <x:v>572857</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>572188</x:v>
+        <x:v>569972</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>573093</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -10005,51 +10003,51 @@
       <x:c r="L144" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>588060</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
@@ -10233,51 +10231,51 @@
       <x:c r="I148" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>566418</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
@@ -10780,428 +10778,428 @@
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>516419</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>38400</x:v>
+        <x:v>36005</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>501950</x:v>
+        <x:v>501911</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>36005</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>501911</x:v>
+        <x:v>501713</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>38400</x:v>
+        <x:v>34215</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>34503</x:v>
+        <x:v>34534</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>501713</x:v>
+        <x:v>541465</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
-        <x:v>34215</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>34534</x:v>
+        <x:v>34503</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="R161" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="R161" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>541465</x:v>
+        <x:v>501950</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>36005</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>496881</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>496942</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
@@ -11214,84 +11212,84 @@
       <x:c r="S164" s="14" t="n">
         <x:v>502641</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>502642</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -11412,51 +11410,51 @@
       <x:c r="C168" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>533294</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
@@ -11469,51 +11467,51 @@
         <x:v>104</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>533295</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
@@ -11528,51 +11526,51 @@
       <x:c r="C170" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>533296</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
@@ -11585,51 +11583,51 @@
         <x:v>104</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>533297</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>324</x:v>
       </x:c>