--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -1375,51 +1375,51 @@
       <x:c r="K9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>610190</x:v>
+        <x:v>610199</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
@@ -1432,51 +1432,51 @@
       <x:c r="K10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>610199</x:v>
+        <x:v>610190</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -3777,148 +3777,148 @@
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>585435</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>38601</x:v>
+        <x:v>37437</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>32623</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>610194</x:v>
+        <x:v>585428</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
-        <x:v>37437</x:v>
+        <x:v>38601</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>41003</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>585428</x:v>
+        <x:v>610194</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>24</x:v>
       </x:c>