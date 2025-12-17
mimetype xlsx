--- v0 (2025-12-15)
+++ v1 (2025-12-17)
@@ -281,71 +281,71 @@
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée d'Enseignement Général et Technologique Agricole Aix Valabre</x:t>
   </x:si>
   <x:si>
     <x:t>13120</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE</x:t>
   </x:si>
   <x:si>
     <x:t>MFREO</x:t>
   </x:si>
   <x:si>
     <x:t>84600</x:t>
   </x:si>
   <x:si>
     <x:t>RICHERENCHES</x:t>
   </x:si>
   <x:si>
+    <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères - Antenne Les Arcs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LES ARCS</x:t>
+  </x:si>
+  <x:si>
     <x:t>Maison Familiale et Rurale du Canton de Lambesc</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>13410</x:t>
   </x:si>
   <x:si>
     <x:t>LAMBESC</x:t>
   </x:si>
   <x:si>
-    <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères - Antenne Les Arcs</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>DU Technicien de process brassicole</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Brasserie</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
@@ -374,102 +374,102 @@
   <x:si>
     <x:t>Biérologue-zythologue (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Maison Familiale et Rurale de Richerenches</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>WSET niveau 2 vins ou spiritueux</x:t>
   </x:si>
   <x:si>
     <x:t>Weeno</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Sommellerie</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>WSET niveau 3 vins</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>WSET niveau 1 vins, spiritueux ou sakés japonais</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion exploitation agricole</x:t>
   </x:si>
   <x:si>
+    <x:t>Centre de formation Professionnelle et de Promotion Agricole Aix Valabre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13548</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>13548</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
@@ -1711,208 +1711,210 @@
         <x:v>596666</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="R14" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="R14" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>599635</x:v>
+        <x:v>605794</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
+      <x:c r="E15" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="s">
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>596667</x:v>
+        <x:v>599635</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
-      <x:c r="E16" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>36</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>605794</x:v>
+        <x:v>596667</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>30</x:v>
@@ -2109,84 +2111,84 @@
       <x:c r="S20" s="14" t="n">
         <x:v>546101</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>558671</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>36002</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -2197,60 +2199,60 @@
       <x:c r="H22" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>549881</x:v>
+        <x:v>549880</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>36002</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -2280,216 +2282,216 @@
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>558212</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>36002</x:v>
+        <x:v>38077</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>549880</x:v>
+        <x:v>549820</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>38077</x:v>
+        <x:v>36002</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>549820</x:v>
+        <x:v>549881</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>549819</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>36002</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -2533,211 +2535,211 @@
         <x:v>541852</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="Q28" s="16" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="R28" s="14" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="S28" s="14" t="n">
+        <x:v>496362</x:v>
+      </x:c>
+      <x:c r="T28" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="Q28" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>496362</x:v>
+        <x:v>518816</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>496358</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>36002</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -2753,51 +2755,51 @@
       <x:c r="L31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>496479</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>36002</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>37</x:v>
@@ -2814,111 +2816,111 @@
       <x:c r="L32" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>496478</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38077</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>21053</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>512508</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
@@ -3077,305 +3079,305 @@
       <x:c r="H37" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>447270</x:v>
+        <x:v>447272</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>29259</x:v>
+        <x:v>38077</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>21052</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>447271</x:v>
+        <x:v>518815</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>29259</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="R39" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="S39" s="0" t="n">
+        <x:v>447271</x:v>
+      </x:c>
+      <x:c r="T39" s="4" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>38077</x:v>
+        <x:v>29259</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>21053</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>518815</x:v>
+        <x:v>459112</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>29259</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="R41" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="R41" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>459112</x:v>
+        <x:v>447270</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">