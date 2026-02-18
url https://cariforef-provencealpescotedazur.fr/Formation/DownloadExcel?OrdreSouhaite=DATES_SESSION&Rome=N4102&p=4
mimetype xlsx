--- v1 (2026-02-18)
+++ v2 (2026-02-18)
@@ -4269,127 +4269,127 @@
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>616790</x:v>
+        <x:v>616791</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>31812</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>616791</x:v>
+        <x:v>616790</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>94</x:v>