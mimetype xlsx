--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -407,87 +407,87 @@
   <x:si>
     <x:t>GAC</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Green Bees Hélicoptère</x:t>
   </x:si>
   <x:si>
     <x:t>26130</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
+    <x:t>Ingénieur diplômé de l'école de l'air et de l'espace</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École de l'air et de l'espace</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 5 et plus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Construction aérospatiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole de l'air et de l'espace</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALON DE PROVENCE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>mastère spé. Defense and Security in Space</x:t>
   </x:si>
   <x:si>
-    <x:t>École de l'air et de l'espace</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Sécurité défense</x:t>
   </x:si>
   <x:si>
-    <x:t>Ecole de l'air et de l'espace</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>mastère spé. Aviation Safety Aircraft Airworthiness (ENAC - ISAE-SUPAERO - EAE)</x:t>
   </x:si>
   <x:si>
     <x:t>Transport aérien</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
@@ -2209,51 +2209,51 @@
       <x:c r="K23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>22490</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>610185</x:v>
+        <x:v>610192</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>82</x:v>
@@ -2311,51 +2311,51 @@
       <x:c r="K25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>22490</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>610192</x:v>
+        <x:v>610185</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38865</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
@@ -2658,201 +2658,200 @@
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>566171</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="C32" s="15" t="s"/>
+      <x:c r="C32" s="15" t="n">
+        <x:v>41498</x:v>
+      </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="J32" s="14" t="s"/>
+      <x:c r="J32" s="14" t="s">
+        <x:v>115</x:v>
+      </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>42802</x:v>
+        <x:v>23624</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>597177</x:v>
+        <x:v>596835</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>121</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="J33" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>23624</x:v>
+        <x:v>42802</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>596835</x:v>
+        <x:v>597177</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>31867</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>593172</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>