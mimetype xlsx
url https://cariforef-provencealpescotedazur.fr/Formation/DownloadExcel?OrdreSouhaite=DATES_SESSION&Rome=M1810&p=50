--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -917,56 +917,56 @@
   <x:si>
     <x:t>Logiciel open source</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Information Technology Infrastructure Library (ITIL4) : Bases</x:t>
   </x:si>
   <x:si>
     <x:t>02/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Serveur et administration systèmes - gestion et sécurisation des infrastructures</x:t>
   </x:si>
   <x:si>
     <x:t>Senza</x:t>
   </x:si>
   <x:si>
     <x:t>34070</x:t>
   </x:si>
   <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
-    <x:t>ARLES</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
@@ -1250,62 +1250,62 @@
   <x:si>
     <x:t>M2S Formation Aubagne</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>GEMENOS</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité informatique parcours déploiement d'applications communicantes et sécurisées</x:t>
   </x:si>
   <x:si>
     <x:t>Langages informatiques</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre Professionnel Technicien supérieur systèmes et réseaux</x:t>
   </x:si>
   <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS services informatiques aux organisations option A : solutions d'infrastructure, systèmes et réseaux (préparation également possible par Bloc(s) de compétences)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mediaschool Est-Sud|Mediaschool Est-Sud - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
     <x:t>Administrateur de systèmes d'information (cyber) - 1ère année</x:t>
   </x:si>
   <x:si>
-    <x:t>BTS services informatiques aux organisations option A : solutions d'infrastructure, systèmes et réseaux (préparation également possible par Bloc(s) de compétences)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>BTS services informatiques aux organisations option B : solutions logicielles et applications métiers (préparation également possible par Bloc(s) de compétences) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention informatique parcours informatique</x:t>
   </x:si>
   <x:si>
     <x:t>La Plateforme Formation - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Administrateur réseau NetOps</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
@@ -1868,120 +1868,120 @@
   <x:si>
     <x:t>My Business School Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (Luminy)</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention informatique parcours informatique générale (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
   </x:si>
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Saint Jean de La Salle</x:t>
   </x:si>
   <x:si>
     <x:t>M2i Skills - Antenne Mougins</x:t>
   </x:si>
   <x:si>
+    <x:t>IPSSI</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maestris - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>92100</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire mathématiques, physique et sciences de l'ingénieur (MPSI), 1re année option informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Masséna</x:t>
   </x:si>
   <x:si>
     <x:t>Physique</x:t>
   </x:si>
   <x:si>
     <x:t>My BS - My Business School La Valette</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée D Villars</x:t>
   </x:si>
   <x:si>
     <x:t>05010</x:t>
   </x:si>
   <x:si>
+    <x:t>Certificat de spécialisation cybersécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Ampère</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours développement système et cloud</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
-    <x:t>Certificat de spécialisation cybersécurité</x:t>
-[...2 lines deleted...]
-    <x:t>LP Ampère</x:t>
+    <x:t>Univ. de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE DE TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>IFC Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>Erudis Formation - Campus Nice - Sophia-Antipolis</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>IPSSI</x:t>
   </x:si>
   <x:si>
     <x:t>École supérieure privée Aristée</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure privée Aristée</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée international de Valbonne</x:t>
   </x:si>
   <x:si>
     <x:t>06902</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P de Girard</x:t>
   </x:si>
   <x:si>
     <x:t>84082</x:t>
   </x:si>
@@ -8683,51 +8683,51 @@
       <x:c r="K105" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>568783</x:v>
+        <x:v>568785</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>281</x:v>
@@ -8736,51 +8736,51 @@
       <x:c r="K106" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>568785</x:v>
+        <x:v>568783</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
@@ -10817,51 +10817,51 @@
       <x:c r="J142" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>552108</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -12159,51 +12159,51 @@
       <x:c r="J165" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>552107</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
@@ -12511,218 +12511,218 @@
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>599724</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>555058</x:v>
+        <x:v>552640</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>552640</x:v>
+        <x:v>552918</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>552918</x:v>
+        <x:v>555058</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -14090,90 +14090,98 @@
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>556958</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
-      <x:c r="C199" s="3" t="s"/>
+      <x:c r="C199" s="3" t="n">
+        <x:v>37579</x:v>
+      </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="H199" s="0" t="s">
+        <x:v>347</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="J199" s="0" t="s">
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>574568</x:v>
+        <x:v>575051</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -14196,98 +14204,90 @@
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>588472</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="C201" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
-        <x:v>346</x:v>
-[...2 lines deleted...]
-        <x:v>347</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>149</x:v>
-[...2 lines deleted...]
-        <x:v>119</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
-        <x:v>15099</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>575051</x:v>
+        <x:v>574568</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
@@ -14310,395 +14310,397 @@
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>600666</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H203" s="0" t="s">
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>549733</x:v>
+        <x:v>549238</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>141</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>545167</x:v>
+        <x:v>549733</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="H205" s="0" t="s">
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>549510</x:v>
+        <x:v>545167</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>549511</x:v>
+        <x:v>549510</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>549693</x:v>
+        <x:v>549511</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>105</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>549238</x:v>
+        <x:v>549693</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
@@ -15521,159 +15523,159 @@
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>544705</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>37682</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>407</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
-        <x:v>408</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>557044</x:v>
+        <x:v>558374</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>411</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
-        <x:v>37682</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>558374</x:v>
+        <x:v>557044</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
@@ -16335,148 +16337,148 @@
         <x:v>556632</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>549013</x:v>
+        <x:v>546521</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>546521</x:v>
+        <x:v>549013</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
@@ -17458,51 +17460,51 @@
       <x:c r="J257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>558745</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>40864</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -18053,207 +18055,207 @@
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>540446</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
-        <x:v>31115</x:v>
+        <x:v>37682</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>585556</x:v>
+        <x:v>539859</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>456</x:v>
+        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
-        <x:v>37682</x:v>
+        <x:v>31115</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>539859</x:v>
+        <x:v>585556</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>31113</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>554807</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>31115</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
@@ -18263,51 +18265,51 @@
       <x:c r="J271" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>598125</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>31113</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
@@ -18436,51 +18438,51 @@
       <x:c r="J274" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>600392</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -19645,51 +19647,51 @@
         <x:v>317</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>608221</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>317</x:v>
@@ -19747,51 +19749,51 @@
         <x:v>317</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>612079</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>36462</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="E299" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -24626,219 +24628,214 @@
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>607731</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
-      <x:c r="E385" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G385" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>605525</x:v>
+        <x:v>595878</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
-        <x:v>124</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>606242</x:v>
+        <x:v>595883</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="E387" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>600421</x:v>
+        <x:v>605525</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I388" s="16" t="s">
         <x:v>114</x:v>
@@ -24873,54 +24870,54 @@
       <x:c r="S388" s="14" t="n">
         <x:v>607801</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="E389" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
@@ -24931,976 +24928,984 @@
         <x:v>608580</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>600</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
-        <x:v>601</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>608581</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>602</x:v>
-[...1 lines deleted...]
-      <x:c r="C391" s="3" t="s"/>
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="C391" s="3" t="n">
+        <x:v>40792</x:v>
+      </x:c>
       <x:c r="D391" s="3" t="s"/>
+      <x:c r="E391" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G391" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="J391" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>595852</x:v>
+        <x:v>600421</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>233</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="C392" s="15" t="s"/>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>605</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
-        <x:v>203</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>605</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>595877</x:v>
+        <x:v>595852</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>595886</x:v>
+        <x:v>595877</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>598487</x:v>
+        <x:v>595886</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>558</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>595545</x:v>
+        <x:v>598487</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
-        <x:v>60</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
-        <x:v>37488</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>588537</x:v>
+        <x:v>595545</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>608</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
-        <x:v>35511</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H397" s="0" t="s">
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
-        <x:v>609</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
-        <x:v>31011</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
-        <x:v>609</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>596798</x:v>
+        <x:v>606242</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
-        <x:v>611</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
-        <x:v>611</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>596939</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35511</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I399" s="4" t="s">
         <x:v>612</x:v>
       </x:c>
-      <x:c r="I399" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J399" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>31011</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="Q399" s="4" t="s">
         <x:v>612</x:v>
       </x:c>
-      <x:c r="Q399" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>595539</x:v>
+        <x:v>596798</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>614</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>595542</x:v>
+        <x:v>592355</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>37579</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>595622</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>585</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
-        <x:v>40116</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
-        <x:v>617</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
-        <x:v>618</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>619</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
-        <x:v>620</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>621</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>592355</x:v>
+        <x:v>595539</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>586</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>598485</x:v>
+        <x:v>595542</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
-        <x:v>562</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
-        <x:v>622</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
-        <x:v>622</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>595878</x:v>
+        <x:v>598485</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
+      <x:c r="E405" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G405" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>595883</x:v>
+        <x:v>605566</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
-      <x:c r="E406" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>605566</x:v>
+        <x:v>588537</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -25918,395 +25923,393 @@
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>509806</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
-        <x:v>141</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>607856</x:v>
+        <x:v>604383</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
-        <x:v>37488</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="E409" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>608109</x:v>
+        <x:v>602758</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
-      <x:c r="E410" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>602758</x:v>
+        <x:v>507574</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>587</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
+      <x:c r="E411" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G411" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>507574</x:v>
+        <x:v>607856</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
-        <x:v>348</x:v>
-[...1 lines deleted...]
-      <x:c r="H412" s="14" t="s"/>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H412" s="14" t="s">
+        <x:v>125</x:v>
+      </x:c>
       <x:c r="I412" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>603639</x:v>
+        <x:v>608109</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
-        <x:v>37682</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="E413" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
-        <x:v>182</x:v>
-[...2 lines deleted...]
-        <x:v>183</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>602871</x:v>
+        <x:v>603639</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>182</x:v>
@@ -26314,701 +26317,704 @@
       <x:c r="H414" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>602872</x:v>
+        <x:v>602871</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>37682</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="E415" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="H415" s="0" t="s">
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>600428</x:v>
+        <x:v>602872</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
-        <x:v>211</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
-      <x:c r="E416" s="14" t="s"/>
+      <x:c r="E416" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>599725</x:v>
+        <x:v>600428</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
-      <x:c r="E417" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G417" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>600374</x:v>
+        <x:v>599725</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
-        <x:v>562</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
-      <x:c r="E418" s="14" t="s"/>
+      <x:c r="E418" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>623</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>624</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>595889</x:v>
+        <x:v>600374</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
-      <x:c r="E419" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G419" s="0" t="s">
-        <x:v>127</x:v>
-[...2 lines deleted...]
-        <x:v>128</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>608013</x:v>
+        <x:v>595889</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
-        <x:v>176</x:v>
-[...1 lines deleted...]
-      <x:c r="H420" s="14" t="s"/>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H420" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
       <x:c r="I420" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>614603</x:v>
+        <x:v>608013</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
-        <x:v>37579</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="E421" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
-        <x:v>116</x:v>
-[...2 lines deleted...]
-        <x:v>117</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
-        <x:v>15099</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>605775</x:v>
+        <x:v>614603</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>37579</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I422" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>605776</x:v>
+        <x:v>605775</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>602</x:v>
-[...1 lines deleted...]
-      <x:c r="C423" s="3" t="s"/>
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C423" s="3" t="n">
+        <x:v>37579</x:v>
+      </x:c>
       <x:c r="D423" s="3" t="s"/>
+      <x:c r="E423" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G423" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="H423" s="0" t="s">
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>626</x:v>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="J423" s="0" t="s">
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>626</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>627</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>595853</x:v>
+        <x:v>605776</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>338</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="C424" s="15" t="s"/>
       <x:c r="D424" s="15" t="s"/>
-      <x:c r="E424" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>62</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
-        <x:v>64</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="J424" s="14" t="s"/>
       <x:c r="K424" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>370</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>609468</x:v>
+        <x:v>595853</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>628</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="E425" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H425" s="0" t="s">
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>604383</x:v>
+        <x:v>609468</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I426" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
@@ -27031,51 +27037,51 @@
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>608352</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>31045</x:v>
@@ -27085,51 +27091,51 @@
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>596938</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>30</x:v>
@@ -27436,133 +27442,133 @@
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>594042</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
-        <x:v>622</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
-        <x:v>622</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>595546</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>595549</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
@@ -27832,75 +27838,75 @@
       <x:c r="R440" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
         <x:v>595873</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
         <x:v>595874</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
@@ -28054,75 +28060,75 @@
       <x:c r="R444" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>595887</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>595888</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
@@ -28333,78 +28339,78 @@
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>614647</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
-        <x:v>602</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="C450" s="15" t="s"/>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s"/>
       <x:c r="K450" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
-        <x:v>604</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>595851</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
@@ -28608,51 +28614,51 @@
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>595554</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>31045</x:v>
@@ -28702,51 +28708,51 @@
       <x:c r="J456" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>616</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>592354</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
@@ -28958,75 +28964,75 @@
       <x:c r="S460" s="14" t="n">
         <x:v>606243</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
-        <x:v>609</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
-        <x:v>609</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>596796</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
@@ -29042,51 +29048,51 @@
       <x:c r="J462" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>616</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>596797</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
@@ -29565,51 +29571,51 @@
       <x:c r="M471" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>605524</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I472" s="16" t="s">
         <x:v>114</x:v>
@@ -30000,75 +30006,75 @@
       <x:c r="S478" s="14" t="n">
         <x:v>607735</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>35457</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
-        <x:v>609</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
-        <x:v>609</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>596799</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
@@ -30164,82 +30170,82 @@
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>595556</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>40123</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
-        <x:v>617</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
-        <x:v>618</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
-        <x:v>619</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
-        <x:v>620</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
-        <x:v>621</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>592366</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
@@ -30279,75 +30285,75 @@
       <x:c r="T483" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
-        <x:v>609</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
-        <x:v>609</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>592358</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
@@ -31463,51 +31469,51 @@
       <x:c r="M504" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
         <x:v>604931</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="E505" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -31520,51 +31526,51 @@
       <x:c r="M505" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>605053</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>36075</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
@@ -31636,51 +31642,51 @@
       <x:c r="M507" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
         <x:v>605052</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>40864</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">
@@ -31752,51 +31758,51 @@
       <x:c r="M509" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
         <x:v>604928</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
@@ -32095,51 +32101,51 @@
       <x:c r="J515" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
         <x:v>598116</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s"/>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
@@ -32152,51 +32158,51 @@
       <x:c r="J516" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K516" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
         <x:v>600393</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
         <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="E517" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -32209,51 +32215,51 @@
       <x:c r="J517" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
         <x:v>604391</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
         <x:v>31115</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
@@ -32266,51 +32272,51 @@
       <x:c r="J518" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K518" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
         <x:v>598124</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
         <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
@@ -33512,51 +33518,51 @@
       <x:c r="J540" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
         <x:v>598115</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>