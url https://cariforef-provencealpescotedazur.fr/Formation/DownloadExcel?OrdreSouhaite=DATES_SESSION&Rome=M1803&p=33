--- v0 (2026-03-16)
+++ v1 (2026-03-16)
@@ -530,59 +530,59 @@
   <x:si>
     <x:t>Expert en architectures systèmes-réseaux et en sécurité informatique spécialisation systèmes, réseaux et cloud computing - Sécurité informatique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie informatique spécialisation ingénierie du web (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet systèmes, réseaux et sécurité spécialisation sécurité informatique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architectures systèmes-réseaux et en sécurité informatique spécialisation systèmes, réseaux et cloud computing (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projet web digital spécialisation marketing digital et e-business (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Communication entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architectures systèmes-réseaux et en sécurité informatique spécialisation sécurité informatique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie informatique spécialisation ingénierie de la blockchain (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert en ingénierie du développement et en architecture logicielle spécialisation architecture des logiciels (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Architecture web</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chef de projet logiciel et réseau spécialisation systèmes, réseaux et cloud computing (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Expert en ingénierie du développement et en architecture logicielle spécialisation architecture des logiciels (Apprentissage)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation expert en développement web</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projets informatiques spécialité cybersécurité et haute disponibilité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan</x:t>
   </x:si>
   <x:si>
     <x:t>44200</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>10/10/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projets informatiques spécialité applications intelligentes et big data (Apprentissage)</x:t>
@@ -851,200 +851,200 @@
   <x:si>
     <x:t>Mediaschool Est-Sud</x:t>
   </x:si>
   <x:si>
     <x:t>75016</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Est-Sud - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie des systèmes d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Nice - Antenne Nice</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention informatique parcours science et ingénierie des données</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE parcours ingénierie des systèmes d'information étendus</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
+    <x:t>LUYNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE parcours ingénierie informatique des données</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
-    <x:t>LUYNES</x:t>
-[...14 lines deleted...]
-    <x:t>MARSEILLE- 9e</x:t>
+    <x:t>Master mention informatique parcours  intelligence artificielle et apprentissage automatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention informatique parcours fiabilité et sécurité informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention informatique parcours Ingénierie du développement logiciel parcours ingénierie du développement logiciel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Administrateur de systèmes d'information (cyber) - 1ère année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en ingénierie des systèmes d'information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCRUM : PSM II (Professional Scrum Master)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté Economie et Gestion|Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur systèmes, réseaux et cybersécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Solutys - Campus Privé</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention informatique parcours  intelligence artificielle et apprentissage automatique</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Master mention informatique parcours géométrie et informatique graphique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management des systèmes d'information parcours management des systèmes d'information, conseil et transformation digitale</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut d'Administration des Entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>13540</x:t>
   </x:si>
   <x:si>
     <x:t>PUYRICARD</x:t>
   </x:si>
   <x:si>
-    <x:t>Administrateur de systèmes d'information (cyber) - 1ère année</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention informatique parcours informatique et mathématiques discrètes</x:t>
   </x:si>
   <x:si>
     <x:t>Développeur web (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole pour l'Informatique et les Nouvelles Technologies</x:t>
   </x:si>
   <x:si>
     <x:t>EPITECH</x:t>
   </x:si>
   <x:si>
     <x:t>94270</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole pour l'Informatique et les Nouvelles Technologies - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Architecte de systèmes d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole pour l'Informatique et les Nouvelles Technologies - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
+    <x:t>Bachelor 2 3D, Animation, Jeu Vidéo et Industries du futur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Dessinateur projeteur nucléaire</x:t>
   </x:si>
   <x:si>
-    <x:t>Bachelor 2 3D, Animation, Jeu Vidéo et Industries du futur</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Expert en infrastructures de données massives (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Simplon.co</x:t>
   </x:si>
   <x:si>
     <x:t>93100</x:t>
   </x:si>
   <x:si>
     <x:t>Simplon.co - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation expert cloud, sécurité et infrastructure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2028 00:00:00</x:t>
@@ -1121,80 +1121,80 @@
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DevOps</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Marseille|Dawan - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ceph Administration avancée</x:t>
   </x:si>
   <x:si>
     <x:t>Vivaneo</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Architecte de systèmes d'information (MSC)</x:t>
   </x:si>
   <x:si>
-    <x:t>12/29/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Architecte de systèmes d'information (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Les nouveaux technologies</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mandyben</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Médiation numérique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Création de maquette multi - plateformes avec Figma</x:t>
   </x:si>
   <x:si>
-    <x:t>Mandyben</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Développeur PHP Fullstack</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Blockchain - Module expert</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
@@ -1577,174 +1577,174 @@
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire technologie et sciences industrielles (TSI), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Artaud</x:t>
   </x:si>
   <x:si>
+    <x:t>Avignon Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON UNIVERSITE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chef de projet systèmes, réseaux et sécurité (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M2i Skills</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M2i Skills - Antenne Mougins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité métiers du multimédia et de l'internet parcours développement web et dispositifs interactifs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maestris - Groupe Eductive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire mathématiques, physique et sciences de l'ingénieur (MPSI), 1re année option informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé de l'école supérieure angevine d'informatique et de productique spécialité informatique et réseaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESAIP - site d'Angers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESAIP- site d'Aix-en-Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention management des systèmes d'information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>cycle préparatoire Intégré CESI - spécialité généraliste, BTP, informatique, systèmes embarqués</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CESI école d'ingénieurs - campus de Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conduite travaux BTP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CESI école d'ingénieurs - campus d'Aix-en-Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en architecture des systèmes d’information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nice Sophia Ynov Campus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOPHIA ANTIPOLIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention génie industriel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arts et Métiers - Sciences et Technologies - campus d'Aix-en-Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée J Ferry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Masséna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé d'Eurecom</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/04/2028 00:00:00</x:t>
-  </x:si>
-[...121 lines deleted...]
-    <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation expert en DevSecOps et infrastructure en santé numérique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
@@ -4412,325 +4412,325 @@
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>535083</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>34568</x:v>
+        <x:v>36469</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31010</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>534939</x:v>
+        <x:v>534876</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>37744</x:v>
+        <x:v>34568</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>535023</x:v>
+        <x:v>534941</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>36469</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>31010</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>534876</x:v>
+        <x:v>534965</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>34568</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>534941</x:v>
+        <x:v>534939</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>36296</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>534965</x:v>
+        <x:v>535023</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -5540,51 +5540,51 @@
       <x:c r="E57" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>542186</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
@@ -7833,211 +7833,210 @@
       <x:c r="K100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>580864</x:v>
+        <x:v>580866</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>580866</x:v>
+        <x:v>580868</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>242</x:v>
-[...1 lines deleted...]
-      <x:c r="H102" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>46339</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>580868</x:v>
+        <x:v>584952</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>46339</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>584952</x:v>
+        <x:v>580864</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -8224,573 +8223,568 @@
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>588341</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
-        <x:v>39490</x:v>
+        <x:v>39278</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>579573</x:v>
+        <x:v>574960</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>579574</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>579575</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
-        <x:v>39278</x:v>
+        <x:v>39490</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>574960</x:v>
+        <x:v>579573</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
-        <x:v>38105</x:v>
+        <x:v>39278</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
-      <x:c r="E112" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>274</x:v>
-[...1 lines deleted...]
-      <x:c r="H112" s="14" t="s"/>
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="H112" s="14" t="s">
+        <x:v>262</x:v>
+      </x:c>
       <x:c r="I112" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>557850</x:v>
+        <x:v>574955</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>574955</x:v>
+        <x:v>574956</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>574956</x:v>
+        <x:v>574959</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>39278</x:v>
+        <x:v>35502</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
+      <x:c r="E115" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31018</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>574959</x:v>
+        <x:v>556125</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>35</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
-      <x:c r="E116" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>37</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>39</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>31018</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>556125</x:v>
+        <x:v>574568</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>31054</x:v>
@@ -8800,51 +8794,51 @@
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>589942</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>31024</x:v>
       </x:c>
@@ -8853,91 +8847,91 @@
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>586559</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>581220</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
@@ -8959,431 +8953,439 @@
       <x:c r="M120" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>581537</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>586560</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38105</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>557851</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>574957</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>35908</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>575017</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>291</x:v>
-[...1 lines deleted...]
-      <x:c r="C125" s="3" t="s"/>
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="C125" s="3" t="n">
+        <x:v>39278</x:v>
+      </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="H125" s="0" t="s">
+        <x:v>262</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="J125" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>574568</x:v>
+        <x:v>574958</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
-        <x:v>72</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>39278</x:v>
+        <x:v>38105</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
-      <x:c r="E126" s="14" t="s"/>
+      <x:c r="E126" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>261</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>574958</x:v>
+        <x:v>557850</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>38436</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>568847</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
@@ -9412,51 +9414,51 @@
       <x:c r="M128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>546302</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -9472,100 +9474,100 @@
       <x:c r="M129" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>546303</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>568843</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
@@ -9608,138 +9610,138 @@
       <x:c r="R131" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>568840</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>46339</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>588346</x:v>
+        <x:v>581270</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>46339</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>581270</x:v>
+        <x:v>588346</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>37638</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
@@ -9994,501 +9996,501 @@
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>550737</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>37744</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>551039</x:v>
+        <x:v>550732</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
-        <x:v>39115</x:v>
+        <x:v>37843</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>550734</x:v>
+        <x:v>550743</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>550910</x:v>
+        <x:v>550746</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>36296</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>550914</x:v>
+        <x:v>550953</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>39115</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>550732</x:v>
+        <x:v>551039</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>37843</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>24218</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>550743</x:v>
+        <x:v>550734</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>550746</x:v>
+        <x:v>550910</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
-        <x:v>37744</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>550953</x:v>
+        <x:v>550914</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -10747,84 +10749,84 @@
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>550915</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>36469</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>550917</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
@@ -11620,51 +11622,51 @@
       <x:c r="E167" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>549330</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
@@ -11742,51 +11744,51 @@
       <x:c r="I169" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>616872</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
@@ -12167,283 +12169,283 @@
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>612079</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
-        <x:v>72</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
-      <x:c r="E178" s="14" t="s"/>
+      <x:c r="E178" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>622096</x:v>
+        <x:v>568839</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="U178" s="16" t="s">
         <x:v>351</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>620980</x:v>
+        <x:v>622096</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="U179" s="4" t="s">
         <x:v>351</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
-      <x:c r="E180" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>568839</x:v>
+        <x:v>620980</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="U180" s="16" t="s">
         <x:v>351</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>568842</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="U181" s="4" t="s">
         <x:v>351</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
@@ -12466,202 +12468,202 @@
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>602647</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
-        <x:v>38599</x:v>
+        <x:v>39775</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
-        <x:v>31008</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>615679</x:v>
+        <x:v>615687</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
-        <x:v>39775</x:v>
+        <x:v>38599</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>31025</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>615687</x:v>
+        <x:v>615679</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>576520</x:v>
+        <x:v>577818</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>108</x:v>
@@ -12670,51 +12672,51 @@
       <x:c r="K186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>577818</x:v>
+        <x:v>576520</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
@@ -14072,51 +14074,51 @@
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>586947</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
@@ -14555,118 +14557,118 @@
       <x:c r="A222" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s"/>
       <x:c r="K222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>586938</x:v>
+        <x:v>586926</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>586926</x:v>
+        <x:v>586938</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>161</x:v>
@@ -14840,51 +14842,51 @@
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>586933</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
@@ -15783,51 +15785,51 @@
       <x:c r="I245" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>620814</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
@@ -16670,2164 +16672,2164 @@
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>592937</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
-        <x:v>41129</x:v>
+        <x:v>39278</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>598490</x:v>
+        <x:v>592086</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>502</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
-        <x:v>41129</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
+      <x:c r="E263" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>598491</x:v>
+        <x:v>607746</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>413</x:v>
-[...1 lines deleted...]
-      <x:c r="C264" s="15" t="s"/>
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="C264" s="15" t="n">
+        <x:v>39490</x:v>
+      </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
-        <x:v>423</x:v>
-[...1 lines deleted...]
-      <x:c r="J264" s="14" t="s"/>
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="J264" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>592908</x:v>
+        <x:v>592286</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>500</x:v>
-[...1 lines deleted...]
-      <x:c r="C265" s="3" t="s"/>
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="C265" s="3" t="n">
+        <x:v>35502</x:v>
+      </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="J265" s="0" t="s">
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
-        <x:v>24254</x:v>
+        <x:v>31018</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>592936</x:v>
+        <x:v>596792</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
-        <x:v>41129</x:v>
+        <x:v>35502</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
-      <x:c r="E266" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31018</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>614355</x:v>
+        <x:v>596793</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>502</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>302</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
-      <x:c r="E267" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>294</x:v>
-[...2 lines deleted...]
-        <x:v>295</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>296</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>620812</x:v>
+        <x:v>592911</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>431</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
-        <x:v>504</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
-        <x:v>30854</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>592411</x:v>
+        <x:v>592952</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
-        <x:v>38690</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
+      <x:c r="E269" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="G269" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>510</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>510</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>591875</x:v>
+        <x:v>608603</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
-        <x:v>513</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>513</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>592938</x:v>
+        <x:v>595853</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
-        <x:v>39490</x:v>
+        <x:v>35568</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>592283</x:v>
+        <x:v>595930</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>515</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>433</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="J272" s="14" t="s"/>
       <x:c r="K272" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>592285</x:v>
+        <x:v>594658</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
-        <x:v>39582</x:v>
+        <x:v>35908</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>606189</x:v>
+        <x:v>595425</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>517</x:v>
-[...1 lines deleted...]
-      <x:c r="C274" s="15" t="s"/>
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="C274" s="15" t="n">
+        <x:v>39278</x:v>
+      </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
-        <x:v>519</x:v>
-[...1 lines deleted...]
-      <x:c r="J274" s="14" t="s"/>
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="J274" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>519</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>595852</x:v>
+        <x:v>592085</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
-        <x:v>38656</x:v>
+        <x:v>37985</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
-        <x:v>15099</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>596436</x:v>
+        <x:v>597161</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>470</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
-        <x:v>504</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>22293</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>592086</x:v>
+        <x:v>597189</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>451</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>306</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>22293</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>597192</x:v>
+        <x:v>597190</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
-        <x:v>487</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>487</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>592580</x:v>
+        <x:v>592581</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>427</x:v>
-[...1 lines deleted...]
-      <x:c r="C279" s="3" t="s"/>
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="C279" s="3" t="n">
+        <x:v>38114</x:v>
+      </x:c>
       <x:c r="D279" s="3" t="s"/>
+      <x:c r="E279" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="G279" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="H279" s="0" t="s">
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="J279" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
-        <x:v>24254</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>592581</x:v>
+        <x:v>620811</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
-        <x:v>38114</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>294</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>620811</x:v>
+        <x:v>611125</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>522</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
-      <x:c r="E281" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G281" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>524</x:v>
-[...2 lines deleted...]
-        <x:v>40</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>608603</x:v>
+        <x:v>595851</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>517</x:v>
-[...1 lines deleted...]
-      <x:c r="C282" s="15" t="s"/>
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="C282" s="15" t="n">
+        <x:v>39582</x:v>
+      </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
-        <x:v>459</x:v>
-[...1 lines deleted...]
-      <x:c r="J282" s="14" t="s"/>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="J282" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>595853</x:v>
+        <x:v>606190</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
-        <x:v>35568</x:v>
+        <x:v>40319</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
-        <x:v>15099</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>595930</x:v>
+        <x:v>592411</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>457</x:v>
-[...1 lines deleted...]
-      <x:c r="C284" s="15" t="s"/>
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="C284" s="15" t="n">
+        <x:v>38690</x:v>
+      </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
-        <x:v>429</x:v>
-[...1 lines deleted...]
-      <x:c r="J284" s="14" t="s"/>
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="J284" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>429</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>594658</x:v>
+        <x:v>591875</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>530</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>433</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>595425</x:v>
+        <x:v>592938</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
-        <x:v>39278</x:v>
+        <x:v>39490</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>496</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>532</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>592085</x:v>
+        <x:v>592283</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
-        <x:v>37985</x:v>
+        <x:v>39490</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>597161</x:v>
+        <x:v>592285</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>533</x:v>
-[...1 lines deleted...]
-      <x:c r="C288" s="15" t="s"/>
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="C288" s="15" t="n">
+        <x:v>39582</x:v>
+      </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>534</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
-        <x:v>130</x:v>
-[...1 lines deleted...]
-      <x:c r="J288" s="14" t="s"/>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="J288" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
-        <x:v>22293</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
-        <x:v>535</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>597189</x:v>
+        <x:v>606189</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
-        <x:v>22293</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>597190</x:v>
+        <x:v>595852</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
-        <x:v>39490</x:v>
+        <x:v>38656</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>592286</x:v>
+        <x:v>596436</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
-        <x:v>35502</x:v>
+        <x:v>38114</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
-        <x:v>31018</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>596792</x:v>
+        <x:v>597192</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>522</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
-      <x:c r="E292" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>539</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>540</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>541</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>607746</x:v>
+        <x:v>592580</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>525</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
-        <x:v>35502</x:v>
+        <x:v>41129</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
+      <x:c r="E293" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="G293" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
-        <x:v>31018</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>596793</x:v>
+        <x:v>614355</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
-        <x:v>412</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>413</x:v>
-[...1 lines deleted...]
-      <x:c r="C294" s="15" t="s"/>
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="C294" s="15" t="n">
+        <x:v>38114</x:v>
+      </x:c>
       <x:c r="D294" s="15" t="s"/>
-      <x:c r="E294" s="14" t="s"/>
+      <x:c r="E294" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>428</x:v>
-[...1 lines deleted...]
-      <x:c r="H294" s="14" t="s"/>
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="H294" s="14" t="s">
+        <x:v>295</x:v>
+      </x:c>
       <x:c r="I294" s="16" t="s">
-        <x:v>429</x:v>
-[...1 lines deleted...]
-      <x:c r="J294" s="14" t="s"/>
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="J294" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K294" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>429</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>592911</x:v>
+        <x:v>620812</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>592952</x:v>
+        <x:v>592908</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>522</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
-      <x:c r="E296" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
-        <x:v>524</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>611125</x:v>
+        <x:v>592936</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>421</x:v>
-[...1 lines deleted...]
-      <x:c r="C297" s="3" t="s"/>
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="C297" s="3" t="n">
+        <x:v>41129</x:v>
+      </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="J297" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>592951</x:v>
+        <x:v>598490</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
-        <x:v>412</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>517</x:v>
-[...1 lines deleted...]
-      <x:c r="C298" s="15" t="s"/>
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="C298" s="15" t="n">
+        <x:v>41129</x:v>
+      </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>463</x:v>
-[...1 lines deleted...]
-      <x:c r="J298" s="14" t="s"/>
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="J298" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K298" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>463</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>595851</x:v>
+        <x:v>598491</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>515</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>433</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>592284</x:v>
+        <x:v>592951</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
-        <x:v>39582</x:v>
+        <x:v>39490</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>606190</x:v>
+        <x:v>592284</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
@@ -18936,130 +18938,130 @@
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>600355</x:v>
+        <x:v>600354</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I304" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>600354</x:v>
+        <x:v>600355</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>381</x:v>
@@ -19763,51 +19765,51 @@
       </x:c>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>600220</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
@@ -20105,51 +20107,51 @@
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>587048</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">