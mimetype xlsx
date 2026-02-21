--- v1 (2026-02-21)
+++ v2 (2026-02-21)
@@ -422,258 +422,258 @@
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>BTS services informatiques aux organisations option B : solutions logicielles et applications métiers (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BTS SIO option B «Solutions logicielles et applications métiers»</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Développement web et web mobile - module 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kh Europe Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FREJUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCIMP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (St Sébasien)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Libre d'Etudes Commerciales Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ILEC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M2s Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M2s Formation School</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager de solutions digitales et data (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esimed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 5 et plus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Analyse de données</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Line Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sciences-U Lyon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Igpepm - Groupe Eductive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ensup Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS services informatiques aux organisations option B : solutions logicielles et applications métiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diderot Education</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diderot Education - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diderot Education - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diderot Education - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Formation Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 8e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ism Fénélon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Alpes Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Dominique Villars</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alpes Développement Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campus International Riera</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campus Riera - Campus International Riera</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campus Riera - Campus International Riera - Antenne Cannes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06400</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cybersécurité  Initiation</x:t>
-  </x:si>
-[...205 lines deleted...]
-    <x:t>Développement web et web mobile - module 1</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Honoré d'Estienne d'Orves</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Bonaparte</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>La Plateforme Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Architecture réseau</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
@@ -4310,66 +4310,66 @@
       <x:c r="B20" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>46339</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>542271</x:v>
+        <x:v>542274</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
@@ -6411,66 +6411,66 @@
       <x:c r="B56" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>46339</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>542274</x:v>
+        <x:v>542271</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
@@ -9647,121 +9647,121 @@
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>567366</x:v>
+        <x:v>567363</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>567363</x:v>
+        <x:v>567366</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>308</x:v>