--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -599,56 +599,56 @@
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de sûreté aéroportuaire</x:t>
   </x:si>
   <x:si>
     <x:t>Formeo 13</x:t>
   </x:si>
   <x:si>
     <x:t>Sécurité aérienne</x:t>
   </x:si>
   <x:si>
+    <x:t>11/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
-    <x:t>11/01/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Dirigeant d'entreprise de sécurité privée</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel opérateur en vidéoprotection et en télésurveillance</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel</x:t>
   </x:si>
   <x:si>
     <x:t>Avenir Services Formation - Elythe</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité (APS) + SSIAP 1</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
@@ -791,83 +791,83 @@
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Envergure</x:t>
   </x:si>
   <x:si>
     <x:t>93600</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité + Service de sécurité incendie et d'assistance aux personnes de niveau 1 (SSIAP 1) - diplôme d'agent de service</x:t>
   </x:si>
   <x:si>
     <x:t>Enseignement Risques Professionnels Sud Est</x:t>
   </x:si>
   <x:si>
     <x:t>ERP FORMATION SUD EST</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Centre de Formation d'Incendie et de Sécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VEDENE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agent de sécurité et de surveillance humaine</x:t>
   </x:si>
   <x:si>
     <x:t>Si Région Paca</x:t>
   </x:si>
   <x:si>
     <x:t>06270</x:t>
   </x:si>
   <x:si>
     <x:t>VILLENEUVE-LOUBET</x:t>
   </x:si>
   <x:si>
     <x:t>Surveillance humaine ou gardiennage - Maintien et actualisation des compétences (MAC) (Renouvellement carte professionnelle)</x:t>
   </x:si>
   <x:si>
     <x:t>MAC APR - Maitien et actualisation des compétences d'agent de protection rapprochée</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
-    <x:t>Centre de Formation d'Incendie et de Sécurité</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Agent de protection physique des personnes</x:t>
   </x:si>
   <x:si>
     <x:t>Convergence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Protection rapprochée</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>APS - Surveillance humaine ou gardiennage (avec SST MAC) - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Aptitude Sécurité Formation</x:t>
@@ -1397,56 +1397,56 @@
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Dirigeant d'entreprise de sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité (MAC APS)</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/28/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut pour l'Etude et l'Intégration des Nouvelles Techniques et Technologies</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
@@ -1472,101 +1472,101 @@
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>MAC APR+APS  - Maintien et Actualisation des compétences - Renouvellement carte agent de protection rapprochée et agent de securite</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Porter un Appareil Respiratoire Isolant (ARI) - PIS070</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de prévention et de sécurité (APS) + module vidéoprotection + SSIAP 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Education Canine Trets</x:t>
   </x:si>
   <x:si>
     <x:t>ECT</x:t>
   </x:si>
   <x:si>
     <x:t>83119</x:t>
   </x:si>
   <x:si>
     <x:t>TRETS</x:t>
   </x:si>
   <x:si>
-    <x:t>05/04/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/16/2026 00:00:00</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de protection des personnes</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
@@ -1748,60 +1748,60 @@
   <x:si>
     <x:t>ARLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ampère</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de protection des personnes (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>LP P Latécoère</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Ste J d'Arc</x:t>
   </x:si>
   <x:si>
     <x:t>83170</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>LP P Latécoère</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de protection physique des personnes renforcé armé en catégorie B et D</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Les Palmiers</x:t>
   </x:si>
@@ -5812,336 +5812,336 @@
       <x:c r="J59" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>31814</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="S59" s="0" t="n">
+        <x:v>608231</x:v>
+      </x:c>
+      <x:c r="T59" s="4" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>40278</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>31814</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>608231</x:v>
+        <x:v>608238</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>36648</x:v>
+        <x:v>40385</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="S61" s="0" t="n">
+        <x:v>608273</x:v>
+      </x:c>
+      <x:c r="T61" s="4" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>40385</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="S62" s="14" t="n">
+        <x:v>608278</x:v>
+      </x:c>
+      <x:c r="T62" s="16" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>40385</x:v>
+        <x:v>40278</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>31814</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>608278</x:v>
+        <x:v>608233</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>40385</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>608272</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -6151,162 +6151,162 @@
       <x:c r="L65" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>608531</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>40278</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>31814</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>608228</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>608255</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -6319,51 +6319,51 @@
       <x:c r="L68" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>608253</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>40385</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -6373,51 +6373,51 @@
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>608276</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -6430,51 +6430,51 @@
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>608256</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>40278</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -6484,51 +6484,51 @@
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>31814</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>608230</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -6898,51 +6898,51 @@
       <x:c r="J78" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>608528</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
@@ -6952,51 +6952,51 @@
       <x:c r="J79" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>608530</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
@@ -7756,254 +7756,256 @@
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>611083</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>40375</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="H93" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>42822</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>585300</x:v>
+        <x:v>611658</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="C94" s="15" t="s"/>
+      <x:c r="C94" s="15" t="n">
+        <x:v>40375</x:v>
+      </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>209</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>210</x:v>
-[...1 lines deleted...]
-      <x:c r="J94" s="14" t="s"/>
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="J94" s="14" t="s">
+        <x:v>66</x:v>
+      </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>613276</x:v>
+        <x:v>585300</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="H95" s="0" t="s">
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>42822</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>585305</x:v>
+        <x:v>613276</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>116</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="H96" s="14" t="s"/>
+      <x:c r="I96" s="16" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="J96" s="14" t="s"/>
+      <x:c r="K96" s="14" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="L96" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="M96" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="N96" s="15" t="n">
+        <x:v>42822</x:v>
+      </x:c>
+      <x:c r="O96" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="P96" s="14" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="Q96" s="16" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="R96" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="H96" s="14" t="s">
-[...31 lines deleted...]
-      </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>611658</x:v>
+        <x:v>585305</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38002</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
@@ -8235,51 +8237,51 @@
       <x:c r="J101" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>615074</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>41396</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
@@ -8309,51 +8311,51 @@
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>609277</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
@@ -8365,146 +8367,146 @@
       <x:c r="R103" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>612757</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>585294</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>611459</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
@@ -8573,82 +8575,82 @@
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>576702</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37616</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>23641</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>585295</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
@@ -8742,134 +8744,134 @@
       <x:c r="R110" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>609283</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>40385</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>585303</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>585308</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
@@ -9076,98 +9078,98 @@
       <x:c r="R116" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>603850</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>40374</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>585298</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
@@ -9237,80 +9239,80 @@
       <x:c r="R119" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>615076</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>585306</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38002</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
@@ -9320,51 +9322,51 @@
       <x:c r="J121" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>615080</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
@@ -9390,86 +9392,86 @@
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>609294</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>613285</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
@@ -10043,51 +10045,51 @@
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>586093</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
@@ -10363,51 +10365,51 @@
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>583670</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
@@ -10628,51 +10630,51 @@
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>602679</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
@@ -12030,51 +12032,51 @@
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>36301</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>570666</x:v>
       </x:c>
@@ -12122,51 +12124,51 @@
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>618269</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
@@ -12356,147 +12358,147 @@
         <x:v>570696</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>602293</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>602261</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
@@ -13539,167 +13541,167 @@
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>606636</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
-        <x:v>37879</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="F197" s="0" t="s">
+        <x:v>187</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>190</x:v>
-[...2 lines deleted...]
-        <x:v>191</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
-        <x:v>42801</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>616819</x:v>
+        <x:v>612242</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
-        <x:v>36648</x:v>
+        <x:v>37879</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
-        <x:v>186</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>182</x:v>
-[...1 lines deleted...]
-      <x:c r="H198" s="14" t="s"/>
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="H198" s="14" t="s">
+        <x:v>191</x:v>
+      </x:c>
       <x:c r="I198" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>42801</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>612242</x:v>
+        <x:v>616819</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>37737</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -13720,51 +13722,51 @@
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>597891</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
@@ -13838,76 +13840,76 @@
         <x:v>616397</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>602294</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>373</x:v>
@@ -14661,225 +14663,225 @@
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>613537</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
-      <x:c r="E217" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G217" s="0" t="s">
-        <x:v>190</x:v>
-[...2 lines deleted...]
-        <x:v>191</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>612257</x:v>
+        <x:v>597768</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>597768</x:v>
+        <x:v>599509</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
+      <x:c r="E219" s="0" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="F219" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="H219" s="0" t="s">
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>599509</x:v>
+        <x:v>612257</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
@@ -14888,100 +14890,100 @@
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>586707</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>606655</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s"/>
       <x:c r="K222" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
@@ -14998,75 +15000,75 @@
         <x:v>200</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>605428</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>602295</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>40298</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
@@ -15576,75 +15578,75 @@
         <x:v>29</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>612249</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>602296</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
@@ -15688,95 +15690,95 @@
       <x:c r="S234" s="14" t="n">
         <x:v>612243</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>602263</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
@@ -16613,722 +16615,725 @@
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>613538</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C252" s="15" t="s"/>
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="C252" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D252" s="15" t="s"/>
-      <x:c r="E252" s="14" t="s"/>
-      <x:c r="F252" s="14" t="s"/>
+      <x:c r="E252" s="14" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="F252" s="14" t="s">
+        <x:v>187</x:v>
+      </x:c>
       <x:c r="G252" s="14" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="H252" s="14" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="I252" s="16" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="J252" s="14" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="K252" s="14" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="L252" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="M252" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="N252" s="15" t="n">
+        <x:v>42811</x:v>
+      </x:c>
+      <x:c r="O252" s="14" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="P252" s="14" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="Q252" s="16" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="R252" s="14" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="S252" s="14" t="n">
+        <x:v>612245</x:v>
+      </x:c>
+      <x:c r="T252" s="16" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="U252" s="16" t="s">
         <x:v>467</x:v>
-      </x:c>
-[...38 lines deleted...]
-        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>612245</x:v>
+        <x:v>612247</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>185</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
-      <x:c r="E254" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E254" s="14" t="s"/>
+      <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>190</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
-        <x:v>192</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>612247</x:v>
+        <x:v>606656</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>244</x:v>
-[...1 lines deleted...]
-      <x:c r="C255" s="3" t="s"/>
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="C255" s="3" t="n">
+        <x:v>41142</x:v>
+      </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="H255" s="0" t="s">
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="J255" s="0" t="s">
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>606656</x:v>
+        <x:v>617594</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
-        <x:v>41142</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
-      <x:c r="E256" s="14" t="s"/>
-      <x:c r="F256" s="14" t="s"/>
+      <x:c r="E256" s="14" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="F256" s="14" t="s">
+        <x:v>187</x:v>
+      </x:c>
       <x:c r="G256" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
-        <x:v>42822</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>617594</x:v>
+        <x:v>616143</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
-      <x:c r="E257" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G257" s="0" t="s">
-        <x:v>190</x:v>
-[...2 lines deleted...]
-        <x:v>191</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>616143</x:v>
+        <x:v>616364</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>616364</x:v>
+        <x:v>616451</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>616451</x:v>
+        <x:v>606637</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
-        <x:v>36648</x:v>
+        <x:v>41394</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>387</x:v>
-[...1 lines deleted...]
-      <x:c r="H260" s="14" t="s"/>
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="H260" s="14" t="s">
+        <x:v>340</x:v>
+      </x:c>
       <x:c r="I260" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>606637</x:v>
+        <x:v>618271</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>450</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>236</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
-        <x:v>339</x:v>
-[...2 lines deleted...]
-        <x:v>340</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>300</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>618271</x:v>
+        <x:v>602297</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>602297</x:v>
+        <x:v>605429</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>475</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>244</x:v>
-[...1 lines deleted...]
-      <x:c r="C263" s="3" t="s"/>
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C263" s="3" t="n">
+        <x:v>41394</x:v>
+      </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="H263" s="0" t="s">
+        <x:v>340</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="J263" s="0" t="s">
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>605429</x:v>
+        <x:v>602428</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
@@ -17345,497 +17350,490 @@
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>610707</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
-        <x:v>41394</x:v>
+        <x:v>40385</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>602428</x:v>
+        <x:v>598017</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
-        <x:v>40385</x:v>
+        <x:v>40298</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
-      <x:c r="E266" s="14" t="s"/>
+      <x:c r="E266" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>31875</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>598017</x:v>
+        <x:v>601047</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>476</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
-        <x:v>40298</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="F267" s="0" t="s">
+        <x:v>187</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>31875</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>601047</x:v>
+        <x:v>615418</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="G268" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>615418</x:v>
+        <x:v>616141</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>185</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
-      <x:c r="E269" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G269" s="0" t="s">
-        <x:v>190</x:v>
-[...2 lines deleted...]
-        <x:v>191</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>192</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>616141</x:v>
+        <x:v>586709</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>345</x:v>
-[...1 lines deleted...]
-      <x:c r="H270" s="14" t="s"/>
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="H270" s="14" t="s">
+        <x:v>480</x:v>
+      </x:c>
       <x:c r="I270" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42005</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>586709</x:v>
+        <x:v>590889</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>610711</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s"/>
       <x:c r="K272" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>602298</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>483</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>39</x:v>
@@ -17900,51 +17898,51 @@
       <x:c r="M274" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>617526</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>41352</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -18068,51 +18066,51 @@
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>613539</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
@@ -18131,239 +18129,241 @@
       <x:c r="S278" s="14" t="n">
         <x:v>605430</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>602265</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>116</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>315</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>614955</x:v>
+        <x:v>586797</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>418</x:v>
-[...1 lines deleted...]
-      <x:c r="C281" s="3" t="s"/>
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C281" s="3" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="H281" s="0" t="s">
+        <x:v>316</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J281" s="0" t="s">
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>586797</x:v>
+        <x:v>614955</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>602299</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -18390,51 +18390,51 @@
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>597769</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
@@ -18827,95 +18827,95 @@
       <x:c r="M291" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>613540</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>602300</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>498</x:v>
@@ -18994,89 +18994,89 @@
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>597761</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>586711</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
@@ -19085,51 +19085,51 @@
       <x:c r="L296" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>586798</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>41394</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
@@ -19142,51 +19142,51 @@
       <x:c r="L297" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>602486</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="F298" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="G298" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
@@ -19205,151 +19205,151 @@
       <x:c r="L298" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>616146</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>613541</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>602266</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>405</x:v>
@@ -19600,76 +19600,76 @@
         <x:v>617098</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>602301</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="E307" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
@@ -19705,51 +19705,51 @@
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>616891</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
@@ -19872,92 +19872,92 @@
         <x:v>89</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>597770</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>602302</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
@@ -20004,51 +20004,51 @@
       <x:c r="L313" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>613543</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
@@ -20175,51 +20175,51 @@
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>613545</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
@@ -20243,51 +20243,51 @@
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>595112</x:v>
       </x:c>
@@ -20297,51 +20297,51 @@
       <x:c r="U318" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>595114</x:v>
       </x:c>
@@ -20354,51 +20354,51 @@
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>595117</x:v>
       </x:c>
@@ -20522,51 +20522,51 @@
       <x:c r="U322" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>596888</x:v>
       </x:c>
@@ -20579,51 +20579,51 @@
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>596889</x:v>
       </x:c>
@@ -20633,51 +20633,51 @@
       <x:c r="U324" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>596892</x:v>
       </x:c>
@@ -20746,51 +20746,51 @@
       <x:c r="U326" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>595131</x:v>
       </x:c>
@@ -20919,51 +20919,51 @@
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>595133</x:v>
       </x:c>
@@ -21149,51 +21149,51 @@
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>595111</x:v>
       </x:c>
@@ -21203,51 +21203,51 @@
       <x:c r="U334" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>595116</x:v>
       </x:c>
@@ -21434,51 +21434,51 @@
       <x:c r="U338" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>596890</x:v>
       </x:c>
@@ -21491,51 +21491,51 @@
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>595119</x:v>
       </x:c>
@@ -21545,51 +21545,51 @@
       <x:c r="U340" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>595132</x:v>
       </x:c>
@@ -21602,51 +21602,51 @@
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>595134</x:v>
       </x:c>
@@ -21708,109 +21708,109 @@
         <x:v>611320</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>602303</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>595113</x:v>
       </x:c>
@@ -21995,51 +21995,51 @@
       <x:c r="U348" s="16" t="s">
         <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>596891</x:v>
       </x:c>
@@ -22092,265 +22092,265 @@
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>607839</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
-        <x:v>39133</x:v>
+        <x:v>38226</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
-        <x:v>42803</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>595115</x:v>
+        <x:v>596887</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
-        <x:v>544</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>544</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>595118</x:v>
+        <x:v>595115</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>595120</x:v>
+        <x:v>595118</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
-        <x:v>527</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
-        <x:v>38226</x:v>
+        <x:v>39133</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
-        <x:v>562</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
-        <x:v>42822</x:v>
+        <x:v>42803</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
-        <x:v>562</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>596887</x:v>
+        <x:v>595120</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
-        <x:v>525</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>40552</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
@@ -22392,51 +22392,51 @@
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>39086</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="I356" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K356" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>600362</x:v>
       </x:c>
@@ -22816,51 +22816,51 @@
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>587418</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
@@ -22879,78 +22879,78 @@
       <x:c r="S364" s="14" t="n">
         <x:v>586712</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>602268</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
@@ -23161,51 +23161,51 @@
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>36301</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="I370" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>42812</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>570667</x:v>
       </x:c>
@@ -23259,76 +23259,76 @@
         <x:v>614018</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s"/>
       <x:c r="K372" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>602304</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C373" s="3" t="s"/>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>346</x:v>
@@ -23403,161 +23403,159 @@
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>614017</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>380</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="C375" s="3" t="s"/>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
-        <x:v>381</x:v>
-[...2 lines deleted...]
-        <x:v>382</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
-        <x:v>383</x:v>
-[...2 lines deleted...]
-        <x:v>49</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
-        <x:v>42812</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>570699</x:v>
+        <x:v>613547</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
-        <x:v>258</x:v>
-[...1 lines deleted...]
-      <x:c r="C376" s="15" t="s"/>
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="C376" s="15" t="n">
+        <x:v>36301</x:v>
+      </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
-        <x:v>355</x:v>
-[...1 lines deleted...]
-      <x:c r="H376" s="14" t="s"/>
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="H376" s="14" t="s">
+        <x:v>382</x:v>
+      </x:c>
       <x:c r="I376" s="16" t="s">
-        <x:v>356</x:v>
-[...1 lines deleted...]
-      <x:c r="J376" s="14" t="s"/>
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="J376" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="K376" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42812</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
-        <x:v>356</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>613547</x:v>
+        <x:v>570699</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>588</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C377" s="3" t="s"/>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
@@ -23573,93 +23571,93 @@
         <x:v>616923</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C378" s="15" t="s"/>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s"/>
       <x:c r="K378" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>602305</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C379" s="3" t="s"/>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
@@ -24060,92 +24058,92 @@
         <x:v>107</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>617492</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C387" s="3" t="s"/>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>602306</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C388" s="15" t="s"/>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s"/>
       <x:c r="K388" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
@@ -24154,51 +24152,51 @@
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>616924</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C389" s="3" t="s"/>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
@@ -24216,78 +24214,78 @@
       <x:c r="T389" s="4" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>602269</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>36155</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
@@ -24588,92 +24586,92 @@
         <x:v>195</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>613551</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C397" s="3" t="s"/>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>602307</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C398" s="15" t="s"/>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s"/>
       <x:c r="K398" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
@@ -24842,51 +24840,51 @@
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>586803</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C402" s="15" t="s"/>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s"/>
       <x:c r="K402" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
@@ -25010,92 +25008,92 @@
         <x:v>195</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>613552</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>602308</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C406" s="15" t="s"/>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s"/>
       <x:c r="K406" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
@@ -25114,131 +25112,131 @@
       <x:c r="S406" s="14" t="n">
         <x:v>616925</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>602270</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>602309</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>617</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C409" s="3" t="s"/>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>346</x:v>
@@ -25313,100 +25311,100 @@
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>613553</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C411" s="3" t="s"/>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>586717</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C412" s="15" t="s"/>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s"/>
       <x:c r="K412" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
@@ -25423,75 +25421,75 @@
         <x:v>200</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>616926</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C413" s="3" t="s"/>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>602310</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>