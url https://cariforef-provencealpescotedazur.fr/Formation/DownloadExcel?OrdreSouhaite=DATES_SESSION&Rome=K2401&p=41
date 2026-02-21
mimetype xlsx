--- v0 (2026-02-20)
+++ v1 (2026-02-21)
@@ -338,384 +338,384 @@
   <x:si>
     <x:t>Droit pénal</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté de Droit et Science Politique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours droit de l'exécution des peines</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours matière pénale</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours sécurité intérieure</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours théorie du droit</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention anthropologie parcours anthropologie audiovisuelle</x:t>
   </x:si>
   <x:si>
     <x:t>Développement local</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention anthropologie parcours anthropologie sociale, ethnologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention études européennes et internationales parcours coopération euro-méditerranéennes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institution européenne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention études européennes et internationales parcours métiers des politiques et des programmes européens</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention études européennes et internationales parcours négociation internationale et interculturelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention humanités parcours humanités</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention lettres parcours monde du livre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie : neuropsychologie parcours psychologie - neuropsychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neuropsychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie : psychopathologie clinique psychanalytique parcours psychanalyse et psychopathologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychopathologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention économie parcours recherche en économie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Politique économique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 1er</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention économie parcours données, analyses, décisions et évaluation économiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie : psychopathologie clinique psychanalytique parcours psychothérapies psychanalytiques, humanistes, individuelles et groupales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie clinique, psychopathologie et psychologie de la santé parcours psychopathologie intégrative et psychologie clinique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychogérontologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie du développement parcours psychologie clinique du développement : enfance, adolescence, vieillissement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychologie cognitive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie du développement parcours psychologie des transitions : orientation, insertion, conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie sociale, du travail et des organisations parcours psychologie sociale de la santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychologie sociale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie sociale, du travail et des organisations parcours psychologie sociale du travail et des organisations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences du langage parcours sciences du langage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Linguistique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention philosophie parcours philosophie pratique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention arts parcours arts de la scène</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arts plastiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention arts parcours arts plastiques et sciences de l'art</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention arts parcours création numérique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention arts parcours médiation culturelle des arts</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention lettres parcours recherche et concours</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention information, communication parcours communication des organisations, information, médias et numériques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Information - Communication numérique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Ecole de Journalisme et de Communication d'Aix-Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 5e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention information, communication parcours communication des organisations, médias, espace public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention information, communication parcours management de projets en communication numérique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention information, communication parcours métiers de l'information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention information, communication parcours stratégies de communication et relations presse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention histoire parcours Afrique, Monde arabe, Mondes musulmans (préparation également possible par Bloc(s) de compétences)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention histoire parcours archives, bibliothèques, humanités numériques (préparation également possible par Bloc(s) de compétences)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention histoire parcours La Méditerranée, l'Europe et le monde (préparation également possible par Bloc(s) de compétences)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention histoire parcours pouvoirs, savoirs, genre (préparation également possible par Bloc(s) de compétences)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit pénal et sciences criminelles parcours délinquance financière et compliance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences cognitives parcours  langue, communication et cerveau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sciences cognitives</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention archéologie, sciences pour l'archéologie parcours Momarch – Master of Martitime Archaeology</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention épistémologie, histoire des sciences et des techniques parcours épistémologie, histoire des sciences et techniques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Histoire sciences et techniques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences cognitives parcours compétences complémentaires en informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Doctorat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Recherche développement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention science politique Parcours politiques européennes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut d'Etudes Politiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IEP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Politique publique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention premier degré parcours professorat des écoles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préparation examen concours fonction publique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Institut National Supérieur du Professorat et de l'Education</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours  enseigner les mathématiques au CLG et LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sciences éducation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner en lycée professionnel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner la philosophie, les sciences économiques et sociales au LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner la technologie au CLG, les sciences de l'ingénieur, le design/arts appliqués au LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner l'économie-gestion au LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner l'éducation physique et sportive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner les arts au CLG et LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner les lettres, le français langue étrangère au CLG et LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner les sciences de la vie, les sciences de la terre au CLG et LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner les sciences physique-chimie au CLG et LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner l'histoire-géographie au CLG et LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner une langue vivante étrangère au CLG et LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours professeur documentaliste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences cognitives parcours fonctions cognitives chez l'individu typique et atypique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours anglais</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention premier degré</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Supérieur de Formation de l'Enseignement Catholique - Institut Saint Cassien</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Isfec</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 7e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention politiques publiques parcours gouvernance des données</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avignon Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Théologie</x:t>
   </x:si>
   <x:si>
     <x:t>Faculté Jean Calvin</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>Particulier, individuel</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Religion</x:t>
   </x:si>
   <x:si>
-    <x:t>09/08/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
-  </x:si>
-[...310 lines deleted...]
-    <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'université histoire de l'art et archéologie - 2ème année</x:t>
   </x:si>
   <x:si>
     <x:t>Histoire art</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention information, communication parcours communication, innovation et management des projets numériques</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
@@ -4055,3969 +4055,3968 @@
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>575523</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="C20" s="15" t="s"/>
+      <x:c r="C20" s="15" t="n">
+        <x:v>39038</x:v>
+      </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>90</x:v>
-[...1 lines deleted...]
-      <x:c r="H20" s="14" t="s"/>
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H20" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="I20" s="16" t="s">
-        <x:v>91</x:v>
-[...1 lines deleted...]
-      <x:c r="J20" s="14" t="s"/>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="J20" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>14241</x:v>
+        <x:v>12523</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>590707</x:v>
+        <x:v>575524</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>39038</x:v>
+        <x:v>39403</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>12523</x:v>
+        <x:v>13024</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>575524</x:v>
+        <x:v>575529</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>39403</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>13024</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>575529</x:v>
+        <x:v>575530</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>39403</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>13024</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>575530</x:v>
+        <x:v>575531</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>39403</x:v>
+        <x:v>39479</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>13024</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>575531</x:v>
+        <x:v>575537</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>39479</x:v>
+        <x:v>39494</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>575537</x:v>
+        <x:v>575541</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>39494</x:v>
+        <x:v>38991</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>14403</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>575541</x:v>
+        <x:v>575648</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>38991</x:v>
+        <x:v>38989</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>14403</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>575648</x:v>
+        <x:v>575652</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>38989</x:v>
+        <x:v>39015</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>14414</x:v>
+        <x:v>13057</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>575652</x:v>
+        <x:v>575687</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>39015</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>575687</x:v>
+        <x:v>575688</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>39015</x:v>
+        <x:v>38989</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>13057</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>575688</x:v>
+        <x:v>575690</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>38989</x:v>
+        <x:v>39022</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>14414</x:v>
+        <x:v>14411</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>575690</x:v>
+        <x:v>575691</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>39022</x:v>
+        <x:v>38992</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>14411</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>575691</x:v>
+        <x:v>575692</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38992</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>575692</x:v>
+        <x:v>575693</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>38992</x:v>
+        <x:v>38990</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>14405</x:v>
+        <x:v>14461</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>575693</x:v>
+        <x:v>575694</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38990</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>14461</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>575694</x:v>
+        <x:v>575695</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>38990</x:v>
+        <x:v>38696</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>14461</x:v>
+        <x:v>14272</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>575695</x:v>
+        <x:v>575699</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>38696</x:v>
+        <x:v>40548</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>14272</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>575699</x:v>
+        <x:v>575780</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>40548</x:v>
+        <x:v>40465</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>45066</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>575780</x:v>
+        <x:v>575794</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>40465</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>575794</x:v>
+        <x:v>575795</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>40465</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>575795</x:v>
+        <x:v>575796</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>40465</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>575796</x:v>
+        <x:v>575797</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>40465</x:v>
+        <x:v>39494</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>45066</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>575797</x:v>
+        <x:v>574777</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>39494</x:v>
+        <x:v>38208</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>46354</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>574777</x:v>
+        <x:v>574899</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38208</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>574899</x:v>
+        <x:v>574900</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38208</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>574900</x:v>
+        <x:v>574901</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38208</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>574901</x:v>
+        <x:v>574902</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38208</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>574902</x:v>
+        <x:v>574903</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>38208</x:v>
+        <x:v>40794</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>46354</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>574903</x:v>
+        <x:v>584134</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>40794</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>584134</x:v>
+        <x:v>584135</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>40794</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>584135</x:v>
+        <x:v>584136</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>40794</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>584136</x:v>
+        <x:v>584137</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
-        <x:v>40794</x:v>
+        <x:v>38200</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>13219</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>584137</x:v>
+        <x:v>581250</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>38200</x:v>
+        <x:v>38967</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>13219</x:v>
+        <x:v>14278</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>581250</x:v>
+        <x:v>581257</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
-        <x:v>38967</x:v>
+        <x:v>40717</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>14278</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>581257</x:v>
+        <x:v>581323</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>40717</x:v>
+        <x:v>40617</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>14229</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>581323</x:v>
+        <x:v>581325</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>40617</x:v>
+        <x:v>38967</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>14229</x:v>
+        <x:v>14278</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>581325</x:v>
+        <x:v>581575</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>38967</x:v>
+        <x:v>40525</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>14278</x:v>
+        <x:v>32062</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>581575</x:v>
+        <x:v>588082</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>40525</x:v>
+        <x:v>38175</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>32062</x:v>
+        <x:v>13027</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>588082</x:v>
+        <x:v>590758</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>38175</x:v>
+        <x:v>38155</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>13027</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>590758</x:v>
+        <x:v>575922</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>575922</x:v>
+        <x:v>575924</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>575924</x:v>
+        <x:v>575927</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>575927</x:v>
+        <x:v>575928</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>575928</x:v>
+        <x:v>575929</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>38155</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>13030</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>575929</x:v>
+        <x:v>575938</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>575938</x:v>
+        <x:v>575939</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>575939</x:v>
+        <x:v>575940</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>575940</x:v>
+        <x:v>575941</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>575941</x:v>
+        <x:v>575942</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>575942</x:v>
+        <x:v>575943</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>575943</x:v>
+        <x:v>575944</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>575944</x:v>
+        <x:v>575945</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>575945</x:v>
+        <x:v>575946</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>575946</x:v>
+        <x:v>575947</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>575947</x:v>
+        <x:v>575948</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>575948</x:v>
+        <x:v>575949</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>575949</x:v>
+        <x:v>575950</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>575950</x:v>
+        <x:v>575951</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>575951</x:v>
+        <x:v>575952</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>38356</x:v>
+        <x:v>38967</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>14278</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>575952</x:v>
+        <x:v>574996</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>38967</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>14278</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>574996</x:v>
+        <x:v>579011</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>579011</x:v>
+        <x:v>581544</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>38356</x:v>
+        <x:v>38155</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>44530</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>581544</x:v>
+        <x:v>581545</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>581545</x:v>
+        <x:v>610949</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>38155</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>13030</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>610949</x:v>
+        <x:v>610967</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>38356</x:v>
+        <x:v>38177</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>193</x:v>
-[...2 lines deleted...]
-        <x:v>194</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>13027</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="Q85" s="4" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="R85" s="0" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="S85" s="0" t="n">
+        <x:v>580383</x:v>
+      </x:c>
+      <x:c r="T85" s="4" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="U85" s="4" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>197</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="J86" s="14" t="s"/>
+      <x:c r="K86" s="14" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="L86" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M86" s="14" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="N86" s="15" t="n">
+        <x:v>14241</x:v>
+      </x:c>
+      <x:c r="O86" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="J86" s="14" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>580383</x:v>
+        <x:v>590707</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>14241</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>590715</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>27</x:v>
@@ -8043,93 +8042,93 @@
       <x:c r="R88" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>587833</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38208</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>587487</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>27</x:v>
@@ -8209,247 +8208,247 @@
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>570550</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>40794</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>598436</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38177</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>573394</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38177</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>575563</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>40525</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>32062</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>610981</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
@@ -8561,51 +8560,51 @@
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>14241</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>617038</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
@@ -8613,51 +8612,51 @@
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>14241</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>617039</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
@@ -8668,51 +8667,51 @@
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>14241</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>617412</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
@@ -8720,51 +8719,51 @@
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>14241</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>617413</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
@@ -8909,75 +8908,75 @@
         <x:v>240</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>593767</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>593768</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
@@ -9137,51 +9136,51 @@
       <x:c r="I109" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>593774</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
@@ -9317,72 +9316,72 @@
         <x:v>261</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>593777</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>593778</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
@@ -9725,75 +9724,75 @@
         <x:v>281</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>593785</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>593786</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
@@ -10133,75 +10132,75 @@
         <x:v>301</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>593793</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>593794</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
@@ -11145,802 +11144,802 @@
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>593813</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>597355</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>597356</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>597357</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>597358</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>597359</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>597360</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>597361</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>597362</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>597363</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>597364</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>597365</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>597366</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>597367</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>597368</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
@@ -12338,72 +12337,72 @@
         <x:v>368</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>592969</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>592970</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
@@ -12545,180 +12544,180 @@
       <x:c r="R174" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>597450</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38177</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>597451</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>597473</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>593073</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
@@ -13099,99 +13098,99 @@
       <x:c r="J185" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>12087</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>591869</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>38696</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>14272</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>591881</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
@@ -13201,51 +13200,51 @@
         <x:v>38991</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>591929</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
@@ -13258,51 +13257,51 @@
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>14461</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>591970</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
@@ -13312,51 +13311,51 @@
         <x:v>39022</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>14411</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>591971</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
@@ -13423,51 +13422,51 @@
         <x:v>38989</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>591989</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
@@ -13591,51 +13590,51 @@
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>592034</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
@@ -13645,51 +13644,51 @@
         <x:v>39015</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>592035</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
@@ -13702,105 +13701,105 @@
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>592036</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>39015</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>592037</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
@@ -13813,51 +13812,51 @@
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>592038</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
@@ -13867,51 +13866,51 @@
         <x:v>39015</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>592039</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
@@ -14112,224 +14111,224 @@
         <x:v>595507</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>595508</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>595509</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>595510</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>595511</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
@@ -14978,72 +14977,72 @@
         <x:v>371</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>595559</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>595560</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
@@ -15080,72 +15079,72 @@
         <x:v>371</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>595561</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>595580</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
@@ -15234,73 +15233,73 @@
         <x:v>595582</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>595588</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>377</x:v>
@@ -15667,51 +15666,51 @@
         <x:v>57</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>595639</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>370</x:v>
@@ -15871,51 +15870,51 @@
         <x:v>57</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>595643</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>255</x:v>
@@ -16152,73 +16151,73 @@
         <x:v>595689</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>595690</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>377</x:v>
@@ -16814,174 +16813,174 @@
         <x:v>371</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>595973</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>595974</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>595975</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>595976</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
@@ -17784,175 +17783,175 @@
         <x:v>595992</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>595993</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>595994</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>595995</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>444</x:v>
@@ -19466,72 +19465,72 @@
         <x:v>371</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>595106</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>595107</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
@@ -19636,51 +19635,51 @@
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>596739</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
@@ -19742,51 +19741,51 @@
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>14229</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>592571</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
@@ -19875,922 +19874,922 @@
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>593834</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>597323</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>597324</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>597325</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>597326</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>597327</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>597328</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>597329</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>597330</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>597331</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>597332</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>597333</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>597334</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>597335</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>597336</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>597337</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>597338</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>470</x:v>
@@ -20812,478 +20811,478 @@
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>593835</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>597339</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>597340</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>597341</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>597342</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>597343</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>597344</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>597345</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>597346</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
@@ -21309,469 +21308,469 @@
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>593826</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>597347</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>597348</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>597349</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K346" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>597350</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>597351</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>597352</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>597353</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>597354</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
@@ -22017,73 +22016,73 @@
         <x:v>593818</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>593819</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>489</x:v>
@@ -23062,51 +23061,51 @@
         <x:v>359</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s"/>
       <x:c r="K376" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>593843</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C377" s="3" t="s"/>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>531</x:v>
@@ -23674,51 +23673,51 @@
         <x:v>57</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s"/>
       <x:c r="K388" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>593855</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C389" s="3" t="s"/>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>556</x:v>
@@ -24184,51 +24183,51 @@
         <x:v>359</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s"/>
       <x:c r="K398" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>593865</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C399" s="3" t="s"/>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>580</x:v>
@@ -24515,72 +24514,72 @@
         <x:v>371</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>593871</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>593872</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C406" s="15" t="s"/>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
@@ -25383,73 +25382,73 @@
         <x:v>593888</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C422" s="15" t="s"/>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s"/>
       <x:c r="K422" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>593889</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C423" s="3" t="s"/>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>629</x:v>
@@ -26045,72 +26044,72 @@
         <x:v>499</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>593901</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C435" s="3" t="s"/>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>593902</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C436" s="15" t="s"/>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
@@ -27117,76 +27116,76 @@
         <x:v>594081</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C456" s="15" t="s"/>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s"/>
       <x:c r="K456" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>593237</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C457" s="3" t="s"/>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>337</x:v>
@@ -27219,76 +27218,76 @@
         <x:v>593238</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="C458" s="15" t="s"/>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s"/>
       <x:c r="K458" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>593239</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="C459" s="3" t="s"/>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>337</x:v>
@@ -27421,76 +27420,76 @@
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>615984</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>40794</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>592793</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
@@ -27608,51 +27607,51 @@
         <x:v>40465</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
         <x:v>592796</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
@@ -27665,51 +27664,51 @@
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>592797</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
@@ -27903,72 +27902,72 @@
         <x:v>380</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>592891</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="C471" s="3" t="s"/>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>592892</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="C472" s="15" t="s"/>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
@@ -28320,75 +28319,75 @@
         <x:v>368</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>595741</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="C479" s="3" t="s"/>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>595742</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="C480" s="15" t="s"/>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
@@ -28422,75 +28421,75 @@
         <x:v>338</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>595743</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="C481" s="3" t="s"/>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>595750</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="C482" s="15" t="s"/>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
@@ -29000,51 +28999,51 @@
       <x:c r="C492" s="15" t="s"/>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s"/>
       <x:c r="K492" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>595909</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
@@ -29106,51 +29105,51 @@
       <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>596275</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
@@ -29160,51 +29159,51 @@
         <x:v>38967</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>14278</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>592045</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
@@ -29217,51 +29216,51 @@
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>14278</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>592046</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
@@ -29271,51 +29270,51 @@
         <x:v>38967</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>14278</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>592047</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
@@ -29328,51 +29327,51 @@
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>14278</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>592048</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
@@ -29595,51 +29594,51 @@
         <x:v>39403</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>13024</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
         <x:v>592108</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
@@ -29661,51 +29660,51 @@
       <x:c r="J504" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
         <x:v>592109</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>39494</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="G505" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
@@ -29757,51 +29756,51 @@
         <x:v>726</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>39494</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
         <x:v>592117</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
@@ -29883,51 +29882,51 @@
       <x:c r="J508" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K508" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
         <x:v>592119</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>39426</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -29994,51 +29993,51 @@
       <x:c r="J510" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
         <x:v>592189</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>39691</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="G511" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
@@ -30146,51 +30145,51 @@
         <x:v>38175</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="G513" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
         <x:v>597248</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
@@ -30203,108 +30202,108 @@
       <x:c r="E514" s="14" t="s"/>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K514" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
         <x:v>597249</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>38204</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
         <x:v>597254</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
@@ -30314,105 +30313,105 @@
       <x:c r="E516" s="14" t="s"/>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K516" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
         <x:v>597258</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
         <x:v>38208</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="G517" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
         <x:v>597259</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
@@ -30425,51 +30424,51 @@
       <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s"/>
       <x:c r="I518" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K518" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
         <x:v>597260</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
@@ -30479,1327 +30478,1327 @@
         <x:v>38208</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
         <x:v>597261</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>38208</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K520" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s"/>
       <x:c r="Q520" s="16" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
         <x:v>597262</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="G521" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
         <x:v>597268</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s"/>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s"/>
       <x:c r="I522" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K522" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
         <x:v>597269</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="G523" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
         <x:v>597270</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s"/>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s"/>
       <x:c r="I524" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K524" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
         <x:v>597271</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="G525" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
         <x:v>597272</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s"/>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s"/>
       <x:c r="I526" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K526" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
         <x:v>597273</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C527" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D527" s="3" t="s"/>
       <x:c r="G527" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
         <x:v>597274</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s"/>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s"/>
       <x:c r="I528" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K528" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
         <x:v>597275</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="G529" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
         <x:v>597276</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C530" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s"/>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H530" s="14" t="s"/>
       <x:c r="I530" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J530" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K530" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L530" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M530" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
         <x:v>597277</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C531" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="G531" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N531" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P531" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
         <x:v>597278</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C532" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s"/>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H532" s="14" t="s"/>
       <x:c r="I532" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J532" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K532" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M532" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N532" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O532" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P532" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
         <x:v>597279</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C533" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="G533" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I533" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J533" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M533" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q533" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R533" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
         <x:v>597280</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C534" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s"/>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H534" s="14" t="s"/>
       <x:c r="I534" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J534" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K534" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
         <x:v>597281</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="G535" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
         <x:v>597282</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C536" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s"/>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s"/>
       <x:c r="I536" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K536" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
         <x:v>597283</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="G537" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I537" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J537" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
         <x:v>597284</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C538" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s"/>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H538" s="14" t="s"/>
       <x:c r="I538" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J538" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K538" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L538" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M538" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
         <x:v>597285</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C539" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="G539" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>597286</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
         <x:v>597287</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="G541" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
         <x:v>597288</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s"/>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s"/>
       <x:c r="I542" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J542" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K542" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
         <x:v>597289</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
@@ -31830,1246 +31829,1246 @@
       </x:c>
       <x:c r="P543" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
         <x:v>593746</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C544" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s"/>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s"/>
       <x:c r="I544" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J544" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K544" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
         <x:v>597290</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="G545" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
         <x:v>597291</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D546" s="15" t="s"/>
       <x:c r="E546" s="14" t="s"/>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s"/>
       <x:c r="I546" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K546" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
         <x:v>597292</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C547" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D547" s="3" t="s"/>
       <x:c r="G547" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
         <x:v>597293</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C548" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s"/>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H548" s="14" t="s"/>
       <x:c r="I548" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K548" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
         <x:v>597294</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C549" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="G549" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M549" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
         <x:v>597295</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C550" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D550" s="15" t="s"/>
       <x:c r="E550" s="14" t="s"/>
       <x:c r="F550" s="14" t="s"/>
       <x:c r="G550" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H550" s="14" t="s"/>
       <x:c r="I550" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J550" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K550" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L550" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M550" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N550" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O550" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P550" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
         <x:v>597296</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C551" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D551" s="3" t="s"/>
       <x:c r="G551" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J551" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
         <x:v>597297</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C552" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s"/>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H552" s="14" t="s"/>
       <x:c r="I552" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K552" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
         <x:v>597298</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C553" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="G553" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J553" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
         <x:v>597299</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C554" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s"/>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H554" s="14" t="s"/>
       <x:c r="I554" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J554" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K554" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L554" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M554" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N554" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O554" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q554" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
         <x:v>597300</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C555" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D555" s="3" t="s"/>
       <x:c r="G555" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
         <x:v>597301</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s"/>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s"/>
       <x:c r="I556" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K556" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
         <x:v>597302</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="G557" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
         <x:v>597303</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s"/>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H558" s="14" t="s"/>
       <x:c r="I558" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K558" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
         <x:v>597304</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="G559" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
         <x:v>597305</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s"/>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K560" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
         <x:v>597306</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="G561" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
         <x:v>597307</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C562" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s"/>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H562" s="14" t="s"/>
       <x:c r="I562" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K562" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
         <x:v>597308</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="G563" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
         <x:v>597309</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C564" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s"/>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H564" s="14" t="s"/>
       <x:c r="I564" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J564" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K564" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
         <x:v>597310</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="G565" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
         <x:v>597311</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
@@ -33104,643 +33103,643 @@
       </x:c>
       <x:c r="P566" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
         <x:v>593753</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="G567" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
         <x:v>597312</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s"/>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H568" s="14" t="s"/>
       <x:c r="I568" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J568" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K568" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
         <x:v>597313</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="G569" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J569" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
         <x:v>597314</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C570" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s"/>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H570" s="14" t="s"/>
       <x:c r="I570" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J570" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K570" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
         <x:v>597315</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C571" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="G571" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
         <x:v>597316</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C572" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s"/>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H572" s="14" t="s"/>
       <x:c r="I572" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K572" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
         <x:v>597317</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C573" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="G573" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L573" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M573" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N573" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O573" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P573" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
         <x:v>597318</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C574" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s"/>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H574" s="14" t="s"/>
       <x:c r="I574" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K574" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
         <x:v>597319</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="G575" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J575" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L575" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M575" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N575" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O575" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P575" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q575" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R575" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S575" s="0" t="n">
         <x:v>597320</x:v>
       </x:c>
       <x:c r="T575" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U575" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:21">
       <x:c r="A576" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B576" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C576" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D576" s="15" t="s"/>
       <x:c r="E576" s="14" t="s"/>
       <x:c r="F576" s="14" t="s"/>
       <x:c r="G576" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H576" s="14" t="s"/>
       <x:c r="I576" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J576" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K576" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L576" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M576" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
         <x:v>597321</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C577" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D577" s="3" t="s"/>
       <x:c r="G577" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I577" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J577" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O577" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P577" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
         <x:v>597322</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C578" s="15" t="s"/>
       <x:c r="D578" s="15" t="s"/>
       <x:c r="E578" s="14" t="s"/>
       <x:c r="F578" s="14" t="s"/>
       <x:c r="G578" s="14" t="s">
         <x:v>744</x:v>
       </x:c>
@@ -34080,72 +34079,72 @@
         <x:v>758</x:v>
       </x:c>
       <x:c r="S584" s="14" t="n">
         <x:v>593754</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C585" s="3" t="s"/>
       <x:c r="D585" s="3" t="s"/>
       <x:c r="G585" s="0" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="I585" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L585" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M585" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N585" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O585" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P585" s="0" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="Q585" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R585" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S585" s="0" t="n">
         <x:v>593755</x:v>
       </x:c>
       <x:c r="T585" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U585" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:21">
       <x:c r="A586" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B586" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C586" s="15" t="s"/>
       <x:c r="D586" s="15" t="s"/>
       <x:c r="E586" s="14" t="s"/>
       <x:c r="F586" s="14" t="s"/>
@@ -34361,51 +34360,51 @@
         <x:v>359</x:v>
       </x:c>
       <x:c r="J590" s="14" t="s"/>
       <x:c r="K590" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L590" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M590" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N590" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O590" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P590" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q590" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R590" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S590" s="14" t="n">
         <x:v>593760</x:v>
       </x:c>
       <x:c r="T590" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U590" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:21">
       <x:c r="A591" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C591" s="3" t="s"/>
       <x:c r="D591" s="3" t="s"/>
       <x:c r="G591" s="0" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="I591" s="4" t="s">
         <x:v>772</x:v>
@@ -34716,51 +34715,51 @@
       <x:c r="I597" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M597" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N597" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O597" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P597" s="0" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="Q597" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R597" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
         <x:v>593770</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C598" s="15" t="s"/>
       <x:c r="D598" s="15" t="s"/>
       <x:c r="E598" s="14" t="s"/>
       <x:c r="F598" s="14" t="s"/>
       <x:c r="G598" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
@@ -34769,51 +34768,51 @@
         <x:v>359</x:v>
       </x:c>
       <x:c r="J598" s="14" t="s"/>
       <x:c r="K598" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="L598" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M598" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N598" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O598" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P598" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="Q598" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R598" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S598" s="14" t="n">
         <x:v>593769</x:v>
       </x:c>
       <x:c r="T598" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U598" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:21">
       <x:c r="A599" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="C599" s="3" t="s"/>
       <x:c r="D599" s="3" t="s"/>
       <x:c r="G599" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I599" s="4" t="s">
         <x:v>228</x:v>