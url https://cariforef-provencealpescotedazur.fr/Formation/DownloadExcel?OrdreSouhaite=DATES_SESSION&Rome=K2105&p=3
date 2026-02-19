--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -890,69 +890,69 @@
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention cinéma et audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Dumont d'Urville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>diplôme d'État de professeur de danse option danse contemporaine</x:t>
   </x:si>
   <x:si>
     <x:t>CFPESD</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Pôle National Supérieur de Danse Rosella Hightower</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention musicologie</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>diplôme d'État de professeur de théâtre</x:t>
   </x:si>
@@ -5265,51 +5265,51 @@
       <x:c r="K67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>586497</x:v>
+        <x:v>600173</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -5320,51 +5320,51 @@
       <x:c r="K68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>600173</x:v>
+        <x:v>586497</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>83</x:v>
@@ -7618,141 +7618,142 @@
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>614834</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>231</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>45057</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>614940</x:v>
+        <x:v>599274</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="H113" s="0" t="s">
+        <x:v>232</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>45083</x:v>
+        <x:v>45057</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>599274</x:v>
+        <x:v>614940</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -7937,157 +7938,158 @@
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>592095</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>273</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>275</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
-        <x:v>45071</x:v>
+        <x:v>45073</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="Q118" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="Q118" s="16" t="s">
+      <x:c r="R118" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="R118" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>592307</x:v>
+        <x:v>597204</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>255</x:v>
-[...1 lines deleted...]
-      <x:c r="C119" s="3" t="s"/>
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="C119" s="3" t="n">
+        <x:v>40006</x:v>
+      </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
+      <x:c r="J119" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>45073</x:v>
+        <x:v>45071</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>597204</x:v>
+        <x:v>592307</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>40006</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
@@ -8440,81 +8442,81 @@
       <x:c r="R126" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>592098</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>40006</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>45071</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>592308</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>40006</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
@@ -8709,51 +8711,51 @@
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>592304</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>40006</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
@@ -9077,51 +9079,51 @@
       <x:c r="J138" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>592797</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>40006</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>129</x:v>
       </x:c>