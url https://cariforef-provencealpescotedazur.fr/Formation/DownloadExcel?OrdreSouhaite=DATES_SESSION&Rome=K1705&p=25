--- v0 (2026-03-21)
+++ v1 (2026-03-21)
@@ -476,206 +476,206 @@
   <x:si>
     <x:t>12/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Educ'Altitudes</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Premiers secours enfants</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Premiers secours adultes</x:t>
   </x:si>
   <x:si>
     <x:t>Formeo 13</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAC Sauveteur Secouriste du Travail (SST)</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
-    <x:t>11/01/2025 00:00:00</x:t>
-[...5 lines deleted...]
-    <x:t>MAC Sauveteur Secouriste du Travail (SST)</x:t>
+    <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
-    <x:t>11/03/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Moniteur-formateur de premiers secours EFR</x:t>
   </x:si>
   <x:si>
     <x:t>Barba Learning - Ecole apnée</x:t>
   </x:si>
   <x:si>
     <x:t>06320</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>CAP-D'AIL</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Maintien et actualisation des compétences de sauveteur secouriste du travail (MAC SST)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atout Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FOS-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Convergence Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut de Formation Professionnelle en Sécurité du Travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFPST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
     <x:t>Équipier de première intervention (EPI)</x:t>
   </x:si>
   <x:si>
     <x:t>Athéna Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>13340</x:t>
   </x:si>
   <x:si>
     <x:t>ROGNAC</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Equipier de première intervention : manipulation des extincteurs</x:t>
   </x:si>
   <x:si>
     <x:t>12/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Maintien et actualisation des compétences de sauveteur secouriste du travail (MAC SST)</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>Manipulation extincteur</x:t>
   </x:si>
   <x:si>
     <x:t>Sauveteur secouriste travail (SST)</x:t>
   </x:si>
   <x:si>
     <x:t>Btp France Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
+    <x:t>Maintien et actualisation des compétences du sauveteur-secouriste du travail MAC SST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bernard Clément Formation Travaux Publics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BCFTP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEMENOS</x:t>
+  </x:si>
+  <x:si>
     <x:t>Croix Blanche Prévention</x:t>
   </x:si>
   <x:si>
     <x:t>CBP</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
+    <x:t>PSC 1 (Prévention et Secours Civiques)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association de Marseille des Secouristes Français de la Croix Blanche</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMS CROIX BLANCHE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Guide fiLes et serres fiLes</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>Évacuation site</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
-    <x:t>PSC 1 (Prévention et Secours Civiques)</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Manipulation des extincteurs</x:t>
   </x:si>
   <x:si>
     <x:t>Europe Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>EFC</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>Ab Sud Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>Olivier Dupeyre Formation</x:t>
@@ -704,50 +704,59 @@
   <x:si>
     <x:t>Arniaud Consulteam</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>Agent en protection physique des personnes</x:t>
   </x:si>
   <x:si>
     <x:t>Si Région Paca</x:t>
   </x:si>
   <x:si>
     <x:t>06270</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Protection rapprochée</x:t>
   </x:si>
   <x:si>
     <x:t>VILLENEUVE-LOUBET</x:t>
   </x:si>
   <x:si>
+    <x:t>Manipulation d'extincteurs sur feu réel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Benoît Vincens Sécurité Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVS FORMATION</x:t>
+  </x:si>
+  <x:si>
     <x:t>Rescue Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>RFC</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Maintenir et actualiser ses compétences de Sauveteur secouriste du travail (MAC SST) </x:t>
   </x:si>
   <x:si>
     <x:t>Anaris Consulting - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>Appareil Respiratoire Isolant (ARI)</x:t>
@@ -758,59 +767,50 @@
   <x:si>
     <x:t>Alpes Formations Conseils</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
     <x:t>Maintien et actualisation des compétences de formateur sauveteur secouriste du travail</x:t>
   </x:si>
   <x:si>
     <x:t>Ubitech</x:t>
   </x:si>
   <x:si>
     <x:t>Aptitude Sécurité Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ASF</x:t>
   </x:si>
   <x:si>
     <x:t>06210</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
-    <x:t>Manipulation d'extincteurs sur feu réel</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Céline Baron - Celineb Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>06550</x:t>
   </x:si>
   <x:si>
     <x:t>LA ROQUETTE-SUR-SIAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cynophile - Maintien et actualisation des compétences (MAC) (Renouvellement carte professionnelle)</x:t>
   </x:si>
   <x:si>
     <x:t>Als Naille Cyno</x:t>
   </x:si>
   <x:si>
     <x:t>13510</x:t>
   </x:si>
   <x:si>
     <x:t>Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>EGUILLES</x:t>
@@ -902,68 +902,68 @@
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Brancardier</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Française - Croix Rouge Compétence - Antenne Provence Alpes Côte d'Azur Corse</x:t>
   </x:si>
   <x:si>
     <x:t>CRF PACA CORSE</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Public en emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCIV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Autre public , Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
-    <x:t>02/23/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Autre public , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>OLLIOULES</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Avenir Services Formation - Elythe</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Recyclage brevet national de sécurité et de sauvetage aquatique (BNSSA)</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Ressources, d'Expertise et de Performance Sportives Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CREPS PACA</x:t>
@@ -1013,65 +1013,65 @@
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Syndicat des Taxis Marseillais et de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>STM</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Devenir vérificateur d'extincteurs portatifs et mobiles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cnpp Entreprise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>NG Formations - Ngnear</x:t>
   </x:si>
   <x:si>
-    <x:t>03/23/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Devenir acteur en Sauvetage Secourisme du Travail (SST) - PRS001</x:t>
   </x:si>
   <x:si>
     <x:t>Apave Exploitation France</x:t>
   </x:si>
   <x:si>
     <x:t>92400</x:t>
   </x:si>
   <x:si>
     <x:t>Accident travail maladie professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Mblp Sécurité - Salamandre Formations - Antenne Vidauban</x:t>
   </x:si>
   <x:si>
     <x:t>83550</x:t>
   </x:si>
   <x:si>
     <x:t>Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
@@ -1196,92 +1196,92 @@
   <x:si>
     <x:t>05120</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>L'ARGENTIERE-LA-BESSEE</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Porter un Appareil Respiratoire Isolant (ARI) - PIS070</x:t>
   </x:si>
   <x:si>
     <x:t>Équipier de Première Intervention (EPI) - Prévention - Renforcer l'intervention immédiate du PTI avec les extincteurs et RIA - Simulateur de feu numérique - PIS086</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AJ Prévention</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VEDENE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAC FORMATEUR SST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asp Bodyguard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>C-kim Sécurité Formation</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
-    <x:t>04/20/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/21/2026 00:00:00</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Chambre de Commerce et d'Industrie du Pays d'Arles</x:t>
   </x:si>
   <x:si>
     <x:t>CCIPA</x:t>
   </x:si>
   <x:si>
     <x:t>13633</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MAS-BLANC-DES-ALPILLES</x:t>
   </x:si>
   <x:si>
     <x:t>Mely Formation Prévention 84</x:t>
   </x:si>
   <x:si>
     <x:t>MFP 84</x:t>
   </x:si>
   <x:si>
     <x:t>84700</x:t>
@@ -1295,71 +1295,71 @@
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sauveteur secouriste du travail (SST)</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Loc</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-ANDIOL</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Education Canine Trets</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ECT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRETS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Zc Formation Sport</x:t>
   </x:si>
   <x:si>
-    <x:t>05/05/2026 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2026 00:00:00</x:t>
@@ -1526,63 +1526,63 @@
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fondation Edith Seltzer</x:t>
   </x:si>
   <x:si>
     <x:t>FES</x:t>
   </x:si>
   <x:si>
     <x:t>05107</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Form&amp;Care</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83720</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRANS-EN-PROVENCE</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>TRANS-EN-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Brancardier (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Française - Croix Rouge Compétence - Antenne Crfp Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/19/2026 00:00:00</x:t>
   </x:si>
@@ -3643,515 +3643,515 @@
       <x:c r="K27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>608260</x:v>
+        <x:v>608262</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>608261</x:v>
+        <x:v>608263</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>608258</x:v>
+        <x:v>608267</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>608262</x:v>
+        <x:v>608266</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>608263</x:v>
+        <x:v>608258</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>608267</x:v>
+        <x:v>608260</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>608266</x:v>
+        <x:v>608261</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="S34" s="14" t="n">
+        <x:v>603928</x:v>
+      </x:c>
+      <x:c r="T34" s="16" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>603928</x:v>
+        <x:v>603939</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>603941</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>28</x:v>
@@ -4185,329 +4185,330 @@
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>609294</x:v>
+        <x:v>612971</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>42891</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>609357</x:v>
+        <x:v>600704</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>608198</x:v>
+        <x:v>603860</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>612971</x:v>
+        <x:v>609294</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>158</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42891</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>603860</x:v>
+        <x:v>609357</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="H43" s="0" t="s">
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>600704</x:v>
+        <x:v>608198</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
@@ -4524,91 +4525,91 @@
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>599730</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>612978</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
@@ -4683,1612 +4684,1611 @@
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>623039</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>171</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>600628</x:v>
+        <x:v>606360</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="H49" s="0" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="I49" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="I49" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>42870</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="P49" s="0" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="Q49" s="4" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="R49" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="P49" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>576702</x:v>
+        <x:v>600009</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>600629</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>42826</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>600703</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42870</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>606360</x:v>
+        <x:v>576702</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>183</x:v>
-[...1 lines deleted...]
-      <x:c r="H53" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42891</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>600009</x:v>
+        <x:v>577945</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>175</x:v>
-[...1 lines deleted...]
-      <x:c r="H54" s="14" t="s"/>
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s">
+        <x:v>189</x:v>
+      </x:c>
       <x:c r="I54" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>42891</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>577945</x:v>
+        <x:v>608802</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>188</x:v>
-[...2 lines deleted...]
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>608802</x:v>
+        <x:v>609341</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>609341</x:v>
+        <x:v>608225</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="H57" s="0" t="s">
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>608225</x:v>
+        <x:v>590236</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>590236</x:v>
+        <x:v>611094</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>199</x:v>
-[...2 lines deleted...]
-        <x:v>200</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>611094</x:v>
+        <x:v>614241</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>614241</x:v>
+        <x:v>612948</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>612948</x:v>
+        <x:v>606371</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>34</x:v>
-[...1 lines deleted...]
-      <x:c r="C62" s="15" t="s"/>
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="C62" s="15" t="n">
+        <x:v>40374</x:v>
+      </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>149</x:v>
-[...1 lines deleted...]
-      <x:c r="J62" s="14" t="s"/>
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="J62" s="14" t="s">
+        <x:v>208</x:v>
+      </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42812</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>606371</x:v>
+        <x:v>585298</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>205</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="H63" s="0" t="s">
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>207</x:v>
-[...2 lines deleted...]
-        <x:v>208</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>42812</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>585298</x:v>
+        <x:v>590235</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42891</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>598139</x:v>
+        <x:v>616466</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>611440</x:v>
+        <x:v>623517</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>155</x:v>
-[...1 lines deleted...]
-      <x:c r="H66" s="14" t="s"/>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s">
+        <x:v>215</x:v>
+      </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>42891</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>555982</x:v>
+        <x:v>598166</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>623044</x:v>
+        <x:v>611440</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>171</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42891</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>600625</x:v>
+        <x:v>555982</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>221</x:v>
-[...2 lines deleted...]
-        <x:v>222</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>613260</x:v>
+        <x:v>623044</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>600627</x:v>
+        <x:v>600628</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="H71" s="0" t="s">
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>610234</x:v>
+        <x:v>598139</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="H72" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="H72" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I72" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>612000</x:v>
+        <x:v>613260</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>609108</x:v>
+        <x:v>600627</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>195</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>590235</x:v>
+        <x:v>610234</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="H75" s="0" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="I75" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="H75" s="0" t="s">
+      <x:c r="K75" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L75" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="M75" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N75" s="3" t="n">
+        <x:v>42829</x:v>
+      </x:c>
+      <x:c r="O75" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="P75" s="0" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="Q75" s="4" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="R75" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="I75" s="4" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>616466</x:v>
+        <x:v>612000</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>73</x:v>
-[...1 lines deleted...]
-      <x:c r="H76" s="14" t="s"/>
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="H76" s="14" t="s">
+        <x:v>229</x:v>
+      </x:c>
       <x:c r="I76" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>623517</x:v>
+        <x:v>609108</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>598166</x:v>
+        <x:v>600625</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>233</x:v>
@@ -6360,51 +6360,51 @@
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>586647</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
@@ -6454,51 +6454,51 @@
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>585358</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
@@ -6507,100 +6507,100 @@
       <x:c r="M82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>585357</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>585362</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
@@ -6609,155 +6609,156 @@
       <x:c r="M84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>585366</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="H85" s="0" t="s">
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>586085</x:v>
+        <x:v>611298</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>243</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>611298</x:v>
+        <x:v>586085</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>29</x:v>
@@ -6831,75 +6832,75 @@
         <x:v>255</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>614492</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>614263</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
@@ -7042,245 +7043,246 @@
       <x:c r="T92" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>602709</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>270</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>185</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L94" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M94" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N94" s="15" t="n">
+        <x:v>42829</x:v>
+      </x:c>
+      <x:c r="O94" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="P94" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="L94" s="14" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>614989</x:v>
+        <x:v>618774</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>34</x:v>
-[...1 lines deleted...]
-      <x:c r="C95" s="3" t="s"/>
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="C95" s="3" t="n">
+        <x:v>36077</x:v>
+      </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="H95" s="0" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="I95" s="4" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="J95" s="0" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="K95" s="0" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="L95" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="M95" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N95" s="3" t="n">
+        <x:v>43413</x:v>
+      </x:c>
+      <x:c r="O95" s="0" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="P95" s="0" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="Q95" s="4" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="R95" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="S95" s="0" t="n">
+        <x:v>614989</x:v>
+      </x:c>
+      <x:c r="T95" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="H95" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="I95" s="4" t="s">
+      <x:c r="U95" s="4" t="s">
         <x:v>282</x:v>
-      </x:c>
-[...31 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>602707</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>287</x:v>
@@ -7343,51 +7345,51 @@
         <x:v>292</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>42805</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>609280</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38451</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
@@ -7467,51 +7469,51 @@
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>622185</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
@@ -7582,75 +7584,75 @@
       <x:c r="T102" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>606132</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
@@ -7681,247 +7683,247 @@
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>598244</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>586857</x:v>
+        <x:v>615108</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="Q106" s="16" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="R106" s="14" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="S106" s="14" t="n">
+        <x:v>586857</x:v>
+      </x:c>
+      <x:c r="T106" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="Q106" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>591681</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>590546</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>29</x:v>
@@ -7987,51 +7989,51 @@
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>620027</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
@@ -8039,51 +8041,51 @@
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>614942</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
@@ -8094,51 +8096,51 @@
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>597917</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
@@ -8449,51 +8451,51 @@
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>591715</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
@@ -8502,51 +8504,51 @@
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>618899</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
@@ -8609,72 +8611,72 @@
         <x:v>95</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>605127</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>586825</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
@@ -8821,75 +8823,75 @@
       <x:c r="T126" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>606135</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
@@ -8910,97 +8912,97 @@
       <x:c r="M128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>610762</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>622569</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
@@ -9332,100 +9334,100 @@
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>610710</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>586858</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
@@ -9434,663 +9436,662 @@
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>620541</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="I139" s="4" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="K139" s="0" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="L139" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="M139" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N139" s="3" t="n">
+        <x:v>42829</x:v>
+      </x:c>
+      <x:c r="O139" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="P139" s="0" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="Q139" s="4" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="R139" s="0" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="S139" s="0" t="n">
+        <x:v>615385</x:v>
+      </x:c>
+      <x:c r="T139" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="I139" s="4" t="s">
-[...23 lines deleted...]
-      <x:c r="R139" s="0" t="s">
+      <x:c r="U139" s="4" t="s">
         <x:v>376</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>615385</x:v>
+        <x:v>617955</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="R141" s="0" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="S141" s="0" t="n">
+        <x:v>605406</x:v>
+      </x:c>
+      <x:c r="T141" s="4" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="U141" s="4" t="s">
         <x:v>381</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>383</x:v>
-[...1 lines deleted...]
-      <x:c r="C142" s="15" t="s"/>
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="C142" s="15" t="n">
+        <x:v>38451</x:v>
+      </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>95</x:v>
-[...1 lines deleted...]
-      <x:c r="J142" s="14" t="s"/>
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="J142" s="14" t="s">
+        <x:v>273</x:v>
+      </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>605406</x:v>
+        <x:v>618890</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>294</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>386</x:v>
-[...2 lines deleted...]
-        <x:v>273</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>42822</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>618890</x:v>
+        <x:v>586811</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42856</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>586811</x:v>
+        <x:v>620673</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>610763</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>610758</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>621498</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>590565</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>610785</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>617968</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>60</x:v>
@@ -10159,130 +10160,130 @@
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>584550</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>590548</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s"/>
       <x:c r="K154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>586859</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
@@ -10310,145 +10311,145 @@
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>610707</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>610764</x:v>
+        <x:v>610797</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>610797</x:v>
+        <x:v>610764</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C158" s="15" t="s"/>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s"/>
       <x:c r="K158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
@@ -10626,74 +10627,74 @@
       <x:c r="R161" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>597899</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>586812</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
@@ -10774,301 +10775,301 @@
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>610780</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>586860</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>618822</x:v>
+        <x:v>610765</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="H167" s="0" t="s">
+        <x:v>334</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>610765</x:v>
+        <x:v>597902</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42005</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>597902</x:v>
+        <x:v>590889</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>410</x:v>
-[...2 lines deleted...]
-        <x:v>411</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>42005</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>590889</x:v>
+        <x:v>618822</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
@@ -11077,100 +11078,100 @@
       <x:c r="M170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>610759</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>590566</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
@@ -11228,104 +11229,104 @@
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>610901</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>610711</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>29</x:v>
@@ -11338,145 +11339,145 @@
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>602804</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>610705</x:v>
+        <x:v>586813</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>586813</x:v>
+        <x:v>610705</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
@@ -11537,59 +11538,59 @@
       <x:c r="M179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>598245</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
@@ -11807,131 +11808,131 @@
         <x:v>321</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>610781</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>586826</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>617963</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>321</x:v>
@@ -11960,97 +11961,97 @@
       <x:c r="R187" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>610793</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>586814</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
@@ -12108,77 +12109,77 @@
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>610788</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>586861</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
@@ -12215,78 +12216,78 @@
         <x:v>321</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>610767</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>617970</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
@@ -12304,51 +12305,51 @@
       <x:c r="M194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>610760</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>29</x:v>
@@ -12403,103 +12404,103 @@
       <x:c r="L196" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>615386</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>610789</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
@@ -12516,51 +12517,51 @@
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>610782</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
@@ -12907,51 +12908,51 @@
         <x:v>134</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>619006</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>334</x:v>
@@ -12976,250 +12977,249 @@
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>597904</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>320</x:v>
-[...1 lines deleted...]
-      <x:c r="H208" s="14" t="s"/>
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="H208" s="14" t="s">
+        <x:v>390</x:v>
+      </x:c>
       <x:c r="I208" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>610776</x:v>
+        <x:v>616866</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
-        <x:v>389</x:v>
-[...2 lines deleted...]
-        <x:v>390</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>616866</x:v>
+        <x:v>610776</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>605409</x:v>
+        <x:v>586815</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>586815</x:v>
+        <x:v>605409</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
@@ -13228,153 +13228,153 @@
       <x:c r="M212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>610902</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>586862</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>610783</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>29</x:v>
@@ -13700,123 +13700,123 @@
       <x:c r="R221" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>610777</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s"/>
       <x:c r="K222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>586816</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>586863</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
@@ -14052,51 +14052,51 @@
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>610799</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
@@ -14206,51 +14206,51 @@
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>610770</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
@@ -15025,51 +15025,51 @@
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>598246</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
@@ -15080,100 +15080,100 @@
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>623967</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>605410</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
@@ -15537,96 +15537,96 @@
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>620031</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>619993</x:v>
+        <x:v>590553</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>29</x:v>
@@ -15639,96 +15639,96 @@
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>619906</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>590553</x:v>
+        <x:v>619993</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>29</x:v>
@@ -15741,81 +15741,81 @@
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>620032</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>586864</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
@@ -15850,74 +15850,74 @@
       <x:c r="R263" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>619984</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>586817</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
@@ -16152,51 +16152,51 @@
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>620747</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
@@ -16309,281 +16309,281 @@
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>598247</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>620033</x:v>
+        <x:v>617941</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>615389</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>486</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="K275" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L275" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="M275" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N275" s="3" t="n">
+        <x:v>42819</x:v>
+      </x:c>
+      <x:c r="O275" s="0" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="P275" s="0" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="Q275" s="4" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="R275" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="S275" s="0" t="n">
+        <x:v>620033</x:v>
+      </x:c>
+      <x:c r="T275" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
-      <x:c r="K275" s="0" t="s">
-[...17 lines deleted...]
-      <x:c r="Q275" s="4" t="s">
+      <x:c r="U275" s="4" t="s">
         <x:v>488</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>620055</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>486</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>486</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>586818</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
@@ -16677,75 +16677,75 @@
       <x:c r="T279" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>620821</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>320</x:v>
@@ -16770,81 +16770,81 @@
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>620052</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>586865</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C283" s="3" t="s"/>
@@ -16930,95 +16930,95 @@
         <x:v>321</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>620034</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>586827</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
@@ -17141,95 +17141,95 @@
       <x:c r="S288" s="14" t="n">
         <x:v>620007</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>620908</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
@@ -17340,51 +17340,51 @@
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>619982</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
@@ -17810,183 +17810,183 @@
       <x:c r="T301" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>621494</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>619997</x:v>
+        <x:v>605397</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>605397</x:v>
+        <x:v>619997</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>27</x:v>
@@ -18227,121 +18227,121 @@
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I310" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>616977</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>586819</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
@@ -18435,78 +18435,78 @@
       <x:c r="T313" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>620901</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>480</x:v>
@@ -18531,81 +18531,81 @@
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>621071</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>586866</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
@@ -18748,95 +18748,95 @@
       <x:c r="T319" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>620913</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
@@ -19256,74 +19256,74 @@
       <x:c r="R329" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>619999</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>586828</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
@@ -19453,232 +19453,232 @@
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>590572</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>605398</x:v>
+        <x:v>620023</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>527</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>620000</x:v>
+        <x:v>605398</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>620023</x:v>
+        <x:v>620000</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>586820</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
@@ -19710,77 +19710,77 @@
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>620039</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>586867</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
@@ -20018,51 +20018,51 @@
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>619981</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
@@ -20123,100 +20123,100 @@
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>620040</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>605412</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
@@ -20332,72 +20332,72 @@
         <x:v>325</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>590573</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>586821</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
@@ -20534,77 +20534,77 @@
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>620024</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>586868</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
@@ -20998,74 +20998,74 @@
       <x:c r="R363" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>620015</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>586829</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
@@ -21093,139 +21093,139 @@
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>623669</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>590558</x:v>
+        <x:v>605399</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C367" s="3" t="s"/>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>605399</x:v>
+        <x:v>590558</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>321</x:v>
@@ -21510,123 +21510,123 @@
       <x:c r="R373" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>620042</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s"/>
       <x:c r="K374" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>586822</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C375" s="3" t="s"/>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>586869</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C376" s="15" t="s"/>
@@ -21760,349 +21760,349 @@
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>620004</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C379" s="3" t="s"/>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42856</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>586823</x:v>
+        <x:v>605402</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C380" s="15" t="s"/>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s"/>
       <x:c r="K380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
-        <x:v>42856</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>605402</x:v>
+        <x:v>586823</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C381" s="3" t="s"/>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>620043</x:v>
+        <x:v>620025</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C382" s="15" t="s"/>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s"/>
       <x:c r="K382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>620025</x:v>
+        <x:v>620043</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>615392</x:v>
+        <x:v>586870</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C384" s="15" t="s"/>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s"/>
       <x:c r="K384" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>586870</x:v>
+        <x:v>615392</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C385" s="3" t="s"/>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>29</x:v>
@@ -22122,97 +22122,97 @@
       <x:c r="R385" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>619904</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C386" s="15" t="s"/>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s"/>
       <x:c r="K386" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>586831</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C387" s="3" t="s"/>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
@@ -22273,51 +22273,51 @@
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>620005</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C389" s="3" t="s"/>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
@@ -22579,145 +22579,145 @@
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>620010</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C395" s="3" t="s"/>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>590559</x:v>
+        <x:v>620006</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>556</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C396" s="15" t="s"/>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s"/>
       <x:c r="K396" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>620006</x:v>
+        <x:v>590559</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C397" s="3" t="s"/>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>29</x:v>
@@ -22923,54 +22923,54 @@
       <x:c r="L401" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>620026</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>