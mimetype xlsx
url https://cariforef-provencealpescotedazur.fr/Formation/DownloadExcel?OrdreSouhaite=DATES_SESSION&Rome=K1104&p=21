--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -539,80 +539,80 @@
   <x:si>
     <x:t>06/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>PSYCHOPRATICIEN EPC 2ème année</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Formateur , Handicapé moteur , Particulier, individuel , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Devenir Psychopraticien et exercer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Polygone</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Licencié pour motif économique , Particulier, individuel , Profession libérale , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Hypnothérapeute</x:t>
   </x:si>
   <x:si>
-    <x:t>Groupe Polygone</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
-    <x:t>07/15/2025 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Praticien EMDR</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Profession libérale , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réservée aux licenciés en psychologie</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé moteur , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Profession libérale , Salarié , Tout public</x:t>
@@ -650,89 +650,89 @@
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention psychologie parcours psychologie</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien spécialisé en danse-thérapie contemporaine : organiser un dispositif de danse-thérapie contemporaine</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie clinique, psychopathologie et psychologie de la santé parcours psychopathologie intégrative et psychologie clinique</x:t>
   </x:si>
   <x:si>
     <x:t>Psychogérontologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie parcours ergonomie : facteurs humains et ingénierie des systèmes d'information</x:t>
   </x:si>
   <x:si>
     <x:t>Fondamentaux de thérapies comportementales et cognitives</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé moteur , Profession libérale , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>Sexothérapeute analytique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Formateur , Handicapé moteur , Profession libérale , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sexologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Psychopraticien, parcours réservé aux licenciés en psychologie</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé moteur , Particulier, individuel , Public de la formation initiale , Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention psychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Demandeur d'emploi , Enseignant , Formateur , Particulier, individuel , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie : psychopathologie clinique psychanalytique parcours psychothérapies psychanalytiques, humanistes, individuelles et groupales</x:t>
   </x:si>
   <x:si>
-    <x:t>Sexothérapeute analytique</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Master mention psychologie du développement parcours psychologie clinique du développement : enfance, adolescence, vieillissement</x:t>
   </x:si>
   <x:si>
     <x:t>Thérapeute de couple</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Formateur , Handicapé moteur , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Thérapie familiale</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie : psychopathologie clinique psychanalytique parcours psychanalyse et psychopathologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie du développement parcours psychologie des transitions : orientation, insertion, conseil</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2027 00:00:00</x:t>
@@ -764,62 +764,62 @@
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Psychanalyste EFPP 1ère année</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en psychotraumatologie</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en Analyse Transactionnelle EFPP</x:t>
   </x:si>
   <x:si>
     <x:t>Analyse transactionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en hypnose spécialisé en psychotraumatisme</x:t>
   </x:si>
   <x:si>
     <x:t>Victimologie</x:t>
   </x:si>
   <x:si>
     <x:t>Urgence psychologique</x:t>
   </x:si>
   <x:si>
+    <x:t>Technicien en hypnose</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aide à la parentalité EFPP</x:t>
   </x:si>
   <x:si>
     <x:t>Psychologie enfant adolescent</x:t>
   </x:si>
   <x:si>
-    <x:t>02/28/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Praticien en Art Thérapie</x:t>
   </x:si>
   <x:si>
     <x:t>Transe-Formations</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>09/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en accompagnement au changement et la gestion du stress par l'hypnose</x:t>
@@ -1730,57 +1730,57 @@
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie du développement</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie clinique, psychopathologie et psychologie de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie : neuropsychologie</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie : psychopathologie clinique psychanalytique</x:t>
   </x:si>
   <x:si>
+    <x:t>certificat d'aptitude aux fonctions de psychologue de l'éducation nationale spécialité éducation, développement et conseil en orientation scolaire et professionnelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
+  </x:si>
+  <x:si>
     <x:t>certificat d'aptitude aux fonctions de psychologue de l'éducation nationale spécialité éducation, développement et apprentissages</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>certificat d'aptitude aux fonctions de psychologue de l'éducation nationale spécialité éducation, développement et conseil en orientation scolaire et professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>CNV (Communication Non Violente) module 3</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Adapter les temps périscolaires aux besoins spécifiques de l'enfant présentant des troubles du neuro-développement (TND)</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
@@ -5430,280 +5430,280 @@
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>576837</x:v>
+        <x:v>576822</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>15004</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>576853</x:v>
+        <x:v>576837</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>15004</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>576854</x:v>
+        <x:v>576853</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>15004</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>576870</x:v>
+        <x:v>576854</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>576822</x:v>
+        <x:v>576870</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
@@ -5763,51 +5763,51 @@
       <x:c r="I63" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>15004</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>576849</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
@@ -5887,51 +5887,51 @@
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>576869</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
@@ -5991,89 +5991,89 @@
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>579081</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>576840</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>158</x:v>
@@ -6081,68 +6081,68 @@
       <x:c r="I69" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>576867</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
@@ -6153,51 +6153,51 @@
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>576838</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
@@ -6243,120 +6243,120 @@
         <x:v>159</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>576872</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>575746</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
@@ -6984,353 +6984,354 @@
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>43079</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>579048</x:v>
+        <x:v>576946</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>576549</x:v>
+        <x:v>577221</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>196</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>182</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>14414</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>575690</x:v>
+        <x:v>579048</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>197</x:v>
-[...1 lines deleted...]
-      <x:c r="C89" s="3" t="s"/>
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="C89" s="3" t="n">
+        <x:v>39023</x:v>
+      </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="J89" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>43079</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>576946</x:v>
+        <x:v>590159</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>577221</x:v>
+        <x:v>576549</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>39023</x:v>
+        <x:v>38989</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>590159</x:v>
+        <x:v>575690</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>154</x:v>
@@ -7638,81 +7639,81 @@
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>567975</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>39025</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="H98" s="14" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="I98" s="16" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="Q98" s="16" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>583214</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>60</x:v>
@@ -7837,51 +7838,51 @@
       <x:c r="M101" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>570534</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>27</x:v>
@@ -7944,51 +7945,51 @@
       <x:c r="M103" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>14475</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>570537</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>27</x:v>
@@ -8166,144 +8167,144 @@
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>570539</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>14414</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>570541</x:v>
+        <x:v>563244</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>14456</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>563244</x:v>
+        <x:v>570541</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -8328,202 +8329,202 @@
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>579475</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
-        <x:v>14414</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>570540</x:v>
+        <x:v>543365</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>14420</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>570545</x:v>
+        <x:v>570540</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>14420</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>543365</x:v>
+        <x:v>570545</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>27</x:v>
@@ -8594,51 +8595,51 @@
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>570551</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
@@ -8647,51 +8648,51 @@
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>546527</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
@@ -8912,80 +8913,80 @@
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>584640</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>43079</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>597733</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
@@ -9437,312 +9438,312 @@
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>598437</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>43079</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>588468</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>588283</x:v>
+        <x:v>612503</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>44587</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>588284</x:v>
+        <x:v>588283</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>44587</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>588287</x:v>
+        <x:v>588284</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>612503</x:v>
+        <x:v>588287</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
@@ -9923,72 +9924,72 @@
         <x:v>31</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>572415</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>575803</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
@@ -10082,73 +10083,73 @@
         <x:v>572407</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>579510</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>60</x:v>
@@ -10504,79 +10505,79 @@
       <x:c r="R151" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>546114</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="H152" s="14" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="I152" s="16" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s"/>
       <x:c r="K152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="Q152" s="16" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>612509</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>138</x:v>
@@ -10659,120 +10660,120 @@
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>598944</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>43079</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>602687</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>600768</x:v>
       </x:c>
@@ -10925,68 +10926,68 @@
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>598438</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>602681</x:v>
       </x:c>
@@ -11243,51 +11244,51 @@
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>598452</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
@@ -11474,51 +11475,51 @@
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>14420</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>587865</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
@@ -11552,68 +11553,68 @@
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>612058</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>602685</x:v>
       </x:c>
@@ -11656,302 +11657,302 @@
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>587858</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>598453</x:v>
+        <x:v>614623</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>587854</x:v>
+        <x:v>613900</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>328</x:v>
-[...1 lines deleted...]
-      <x:c r="H176" s="14" t="s"/>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H176" s="14" t="s">
+        <x:v>139</x:v>
+      </x:c>
       <x:c r="I176" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
-        <x:v>14456</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>614623</x:v>
+        <x:v>588279</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
-        <x:v>14405</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>613900</x:v>
+        <x:v>587854</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>138</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>588279</x:v>
+        <x:v>598453</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>28</x:v>
@@ -12125,65 +12126,65 @@
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>598480</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>602682</x:v>
       </x:c>
@@ -12232,77 +12233,77 @@
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>617596</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>43079</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>588469</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
@@ -12849,144 +12850,144 @@
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>611700</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>602515</x:v>
+        <x:v>602528</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>602528</x:v>
+        <x:v>602515</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>62</x:v>
@@ -13019,73 +13020,73 @@
         <x:v>608175</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>611917</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>60</x:v>
@@ -13275,80 +13276,80 @@
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>602517</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>611920</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
@@ -13431,84 +13432,84 @@
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>602514</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>579550</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>157</x:v>
@@ -13519,51 +13520,51 @@
       <x:c r="I209" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>613248</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
@@ -13899,77 +13900,77 @@
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>600764</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>43079</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>611193</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
@@ -14006,65 +14007,65 @@
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>612060</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>611194</x:v>
       </x:c>
@@ -14776,88 +14777,88 @@
       <x:c r="M233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>580509</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>14420</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>612668</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
@@ -14998,144 +14999,144 @@
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>615098</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>43079</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>611671</x:v>
+        <x:v>614994</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>43079</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>614994</x:v>
+        <x:v>611671</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -15160,65 +15161,65 @@
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>614990</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>614993</x:v>
       </x:c>
@@ -15511,106 +15512,106 @@
       <x:c r="I247" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>15004</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>616979</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>617275</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>369</x:v>
@@ -16484,51 +16485,51 @@
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>43079</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>615238</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
@@ -16672,73 +16673,73 @@
         <x:v>617950</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>612768</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>444</x:v>
@@ -17493,73 +17494,73 @@
         <x:v>617975</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>612767</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>368</x:v>
@@ -17849,72 +17850,72 @@
         <x:v>65</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>599341</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>612763</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
@@ -18077,51 +18078,51 @@
       <x:c r="I297" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>615405</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
@@ -18130,51 +18131,51 @@
         <x:v>485</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>615404</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>403</x:v>
@@ -19839,130 +19840,130 @@
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>618108</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>39025</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>591979</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>39023</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>592014</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
@@ -20061,76 +20062,76 @@
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>591971</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>39025</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>591978</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
@@ -20331,100 +20332,105 @@
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>592013</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>553</x:v>
-[...1 lines deleted...]
-      <x:c r="C341" s="3" t="s"/>
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="C341" s="3" t="n">
+        <x:v>39025</x:v>
+      </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="J341" s="0" t="s">
+        <x:v>183</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
-        <x:v>14420</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>595838</x:v>
+        <x:v>591980</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
@@ -20433,97 +20439,92 @@
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>595857</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>540</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
-        <x:v>541</x:v>
-[...2 lines deleted...]
-        <x:v>183</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>14420</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
-        <x:v>541</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>591980</x:v>
+        <x:v>595838</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
@@ -20636,51 +20637,51 @@
       <x:c r="M346" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>14498</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>615401</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>28</x:v>
@@ -20743,51 +20744,51 @@
       <x:c r="M348" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>610014</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>63</x:v>