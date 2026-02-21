--- v0 (2026-02-21)
+++ v1 (2026-02-21)
@@ -1343,74 +1343,74 @@
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé moteur , Profession libérale , Public en emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Psychologie</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie palmaire énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien(ne) en drainage lymphatique bien-être corps et visage</x:t>
   </x:si>
   <x:si>
     <x:t>04/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage bébé Shantala</x:t>
   </x:si>
   <x:si>
+    <x:t>Psychopraticien, parcours réservé aux licenciés en psychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Handicapé moteur , Particulier, individuel , Public de la formation initiale , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accompagnement énergétique - Massages énergétiques - Bols tibétains - Réflexologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseils en phytologie - Huiles essentielles et végétales - Hydrolats - Bourgeons et Infusions - Fleurs de Bach</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Réflexologie plantaire chinoise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage bien-être cranien</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage Deep Tissue - Niveau 1</x:t>
+  </x:si>
+  <x:si>
     <x:t>Les bases du massage bien-être</x:t>
   </x:si>
   <x:si>
-    <x:t>Psychopraticien, parcours réservé aux licenciés en psychologie</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Devenir masseur bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Massage ayurvédique Abhyanga</x:t>
   </x:si>
   <x:si>
     <x:t>Conseils en aromathérapie - Huiles essentielles, hydrolats et huiles végétales</x:t>
   </x:si>
   <x:si>
     <x:t>Massage ayurvédique</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien spécialisé en danse-thérapie contemporaine : organiser un dispositif de danse-thérapie contemporaine</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
@@ -1490,137 +1490,137 @@
   <x:si>
     <x:t>07/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en hypnose Ericksonienne</x:t>
   </x:si>
   <x:si>
     <x:t>Efth Formations</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>03/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine Traditionnelle Chinoise - 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Emmanuelle Murcia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHATEAU-ARNOUX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Andralian</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Praticien en sophrologie EFPP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Praticien en Art Thérapie</x:t>
+  </x:si>
+  <x:si>
     <x:t>Masseur bien-être</x:t>
   </x:si>
   <x:si>
-    <x:t>09/15/2025 00:00:00</x:t>
-[...32 lines deleted...]
-    <x:t>03/23/2026 00:00:00</x:t>
+    <x:t>09/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller en Dravyaguna et phytothérapie</x:t>
   </x:si>
   <x:si>
-    <x:t>09/16/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/16/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Praticien naturopathe : éducateur de santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/19/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Médecine Traditionnelle Chinoise - 3e année</x:t>
   </x:si>
   <x:si>
-    <x:t>09/19/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Transe-Formations</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>02/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Praticien naturopathe : éducateur de santé</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Laurence Merchet Thau</x:t>
   </x:si>
   <x:si>
     <x:t>LMT</x:t>
   </x:si>
   <x:si>
     <x:t>75019</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>09/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation "Professeur de Yoga" bloc 2</x:t>
   </x:si>
   <x:si>
     <x:t>Sylvie Clément - Spicy Yoga</x:t>
   </x:si>
   <x:si>
     <x:t>Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2026 00:00:00</x:t>
@@ -1826,65 +1826,65 @@
   <x:si>
     <x:t>LAURIS</x:t>
   </x:si>
   <x:si>
     <x:t>08/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Uniyoga</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de yoga</x:t>
   </x:si>
   <x:si>
     <x:t>Celine Dahan</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Praticien iridologue - conseil en naturopathie hygiéniste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Julien Allaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Iridologie intégrative</x:t>
   </x:si>
   <x:si>
-    <x:t>Julien Allaire</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Praticien iridologue - conseil en naturopathie hygiéniste</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en naturopathie hygièniste</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Acquisition de compétences en médiation artistique</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Autre public , Demandeur d'emploi , Salarié , Tout public</x:t>
@@ -2078,78 +2078,78 @@
   <x:si>
     <x:t>01/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Santé par le toucher (Proficiency Touch for Health)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Enseignant , Profession libérale</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion stress</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Praticien en hypnose thérapeutique</x:t>
   </x:si>
   <x:si>
-    <x:t>12/15/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>José Maria Alves de Carvalho - PilatesByDancers</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Enseignant , Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>01/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Instructeur Pilates</x:t>
   </x:si>
   <x:si>
+    <x:t>Art-thérapeute en mouvement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Se former aux plantes médicinales - première partie</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Art-thérapeute en mouvement</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en herboristerie</x:t>
   </x:si>
   <x:si>
     <x:t>Méthode Pilates - reformer</x:t>
   </x:si>
   <x:si>
     <x:t>01/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2028 00:00:00</x:t>
   </x:si>
@@ -5277,1419 +5277,1418 @@
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>551216</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>535904</x:v>
+        <x:v>551207</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>551207</x:v>
+        <x:v>555359</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>555359</x:v>
+        <x:v>551401</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>551401</x:v>
+        <x:v>551411</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>551411</x:v>
+        <x:v>551197</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>551197</x:v>
+        <x:v>551161</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>551161</x:v>
+        <x:v>551186</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>551186</x:v>
+        <x:v>551195</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>551195</x:v>
+        <x:v>551198</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>551198</x:v>
+        <x:v>551212</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>115</x:v>
-[...1 lines deleted...]
-      <x:c r="H46" s="14" t="s"/>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="H46" s="14" t="s">
+        <x:v>103</x:v>
+      </x:c>
       <x:c r="I46" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>551212</x:v>
+        <x:v>533559</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>102</x:v>
-[...2 lines deleted...]
-        <x:v>103</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>533559</x:v>
+        <x:v>551403</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>551403</x:v>
+        <x:v>551406</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>551406</x:v>
+        <x:v>551410</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>551410</x:v>
+        <x:v>551416</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>551416</x:v>
+        <x:v>551185</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>551185</x:v>
+        <x:v>551192</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>551192</x:v>
+        <x:v>551194</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>551194</x:v>
+        <x:v>551208</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>551208</x:v>
+        <x:v>551217</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>551217</x:v>
+        <x:v>551218</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>551218</x:v>
+        <x:v>543922</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>543922</x:v>
+        <x:v>551405</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>551405</x:v>
+        <x:v>551407</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>551407</x:v>
+        <x:v>551305</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>551305</x:v>
+        <x:v>551404</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>551404</x:v>
+        <x:v>551213</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>139</x:v>
@@ -7014,300 +7013,300 @@
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>551193</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>551213</x:v>
+        <x:v>551338</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>551338</x:v>
+        <x:v>551369</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>551369</x:v>
+        <x:v>551397</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>551397</x:v>
+        <x:v>551415</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>551415</x:v>
+        <x:v>535904</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>54</x:v>
@@ -8395,54 +8394,54 @@
       <x:c r="J96" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>42020</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>545827</x:v>
+        <x:v>545825</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>34921</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
@@ -8452,54 +8451,54 @@
       <x:c r="J97" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>42020</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>545825</x:v>
+        <x:v>545827</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>231</x:v>
@@ -8508,100 +8507,100 @@
       <x:c r="K98" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>546594</x:v>
+        <x:v>546593</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>546593</x:v>
+        <x:v>546594</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>86</x:v>
@@ -10903,89 +10902,89 @@
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>576835</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
-        <x:v>43444</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>576827</x:v>
+        <x:v>576810</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
@@ -10993,213 +10992,213 @@
         <x:v>359</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>576834</x:v>
+        <x:v>576836</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
-        <x:v>43438</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>576861</x:v>
+        <x:v>576848</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>576875</x:v>
+        <x:v>576862</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>576876</x:v>
+        <x:v>576808</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
@@ -11207,748 +11206,748 @@
         <x:v>359</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>576810</x:v>
+        <x:v>576812</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>576836</x:v>
+        <x:v>576823</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s"/>
       <x:c r="K152" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>576848</x:v>
+        <x:v>576857</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>576862</x:v>
+        <x:v>576863</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s"/>
       <x:c r="K154" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>576808</x:v>
+        <x:v>576864</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
-        <x:v>43438</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>576812</x:v>
+        <x:v>576837</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
-        <x:v>43444</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>576823</x:v>
+        <x:v>576839</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>576857</x:v>
+        <x:v>576840</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C158" s="15" t="s"/>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s"/>
       <x:c r="K158" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>43438</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>576863</x:v>
+        <x:v>576869</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>43438</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>576864</x:v>
+        <x:v>576833</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>576837</x:v>
+        <x:v>576856</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>576839</x:v>
+        <x:v>576872</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>576840</x:v>
+        <x:v>576874</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>576869</x:v>
+        <x:v>576827</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
@@ -11956,213 +11955,213 @@
         <x:v>359</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>576833</x:v>
+        <x:v>576834</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>576856</x:v>
+        <x:v>576861</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>576872</x:v>
+        <x:v>576875</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>576874</x:v>
+        <x:v>576876</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
@@ -14164,287 +14163,288 @@
         <x:v>179</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>510312</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H207" s="0" t="s">
+        <x:v>415</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>603664</x:v>
+        <x:v>579048</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>414</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>579048</x:v>
+        <x:v>577454</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>577454</x:v>
+        <x:v>577455</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
-        <x:v>43438</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>577455</x:v>
+        <x:v>577478</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>577478</x:v>
+        <x:v>577486</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>377</x:v>
@@ -14453,100 +14453,100 @@
       <x:c r="K212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>577486</x:v>
+        <x:v>577505</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>577505</x:v>
+        <x:v>603664</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>377</x:v>
@@ -15296,822 +15296,823 @@
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>603033</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>579985</x:v>
+        <x:v>571122</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>34546</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>428251</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>559482</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>570551</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>581290</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>483</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
-        <x:v>43444</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>483</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>571122</x:v>
+        <x:v>579985</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>485</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="H235" s="0" t="s">
+        <x:v>352</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>43438</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>580292</x:v>
+        <x:v>569903</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="U235" s="4" t="s">
         <x:v>487</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>351</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>569903</x:v>
+        <x:v>580292</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>487</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
-        <x:v>351</x:v>
-[...2 lines deleted...]
-        <x:v>352</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>569904</x:v>
+        <x:v>579208</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>579208</x:v>
+        <x:v>544372</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="H239" s="0" t="s">
+        <x:v>352</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>43444</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>544372</x:v>
+        <x:v>569904</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>603040</x:v>
+        <x:v>573267</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>546527</x:v>
+        <x:v>603040</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>579929</x:v>
+        <x:v>546527</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>573267</x:v>
+        <x:v>579929</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
         <x:v>26</x:v>
@@ -16237,78 +16238,78 @@
         <x:v>69</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>589555</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>520789</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
@@ -16393,80 +16394,80 @@
       <x:c r="R249" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>590127</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>546492</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>305</x:v>
@@ -16648,78 +16649,78 @@
         <x:v>255</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>566490</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>566057</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
@@ -17719,79 +17720,79 @@
       <x:c r="R275" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>577227</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>520790</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>51</x:v>
@@ -18108,110 +18109,110 @@
       <x:c r="K283" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>588191</x:v>
+        <x:v>588193</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>588</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>589</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>588193</x:v>
+        <x:v>588191</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>548</x:v>
+        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>28</x:v>
@@ -18326,68 +18327,68 @@
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>588195</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>588283</x:v>
       </x:c>
@@ -18437,80 +18438,80 @@
       <x:c r="R289" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>598671</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
-        <x:v>483</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>483</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>587459</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>189</x:v>
@@ -18905,75 +18906,75 @@
         <x:v>597611</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>558514</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C300" s="15" t="s"/>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
@@ -19314,65 +19315,65 @@
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>580115</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>600768</x:v>
       </x:c>
@@ -19523,65 +19524,65 @@
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>612669</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>602685</x:v>
       </x:c>
@@ -21726,297 +21727,298 @@
       <x:c r="R353" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>614466</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>586349</x:v>
+        <x:v>586347</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>669</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="H355" s="0" t="s">
+        <x:v>358</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>583216</x:v>
+        <x:v>597743</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
-        <x:v>357</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
-        <x:v>359</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
-        <x:v>359</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>613248</x:v>
+        <x:v>586349</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>670</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>586347</x:v>
+        <x:v>583216</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I358" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s"/>
       <x:c r="K358" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>597743</x:v>
+        <x:v>613248</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>670</x:v>
+        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>28</x:v>
@@ -22087,142 +22089,143 @@
         <x:v>266</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>614342</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="H361" s="0" t="s">
+        <x:v>623</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
-        <x:v>43438</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>616121</x:v>
+        <x:v>611592</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
-        <x:v>622</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
-        <x:v>622</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>611592</x:v>
+        <x:v>616121</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>625</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="E363" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -22852,51 +22855,51 @@
       <x:c r="L375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>520570</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>712</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="C376" s="15" t="s"/>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s"/>
       <x:c r="K376" s="14" t="s">
@@ -22957,51 +22960,51 @@
       <x:c r="L377" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>616752</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>588</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="C378" s="15" t="s"/>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s"/>
       <x:c r="K378" s="14" t="s">
@@ -23010,51 +23013,51 @@
       <x:c r="L378" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>580509</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
-        <x:v>588</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="C379" s="3" t="s"/>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>27</x:v>
@@ -23172,68 +23175,68 @@
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>616484</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>724</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C382" s="15" t="s"/>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I382" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s"/>
       <x:c r="K382" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>614993</x:v>
       </x:c>
@@ -23321,51 +23324,51 @@
       <x:c r="M384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>586748</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="C385" s="3" t="s"/>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>54</x:v>
@@ -24500,51 +24503,51 @@
       <x:c r="L407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>617965</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
@@ -24553,51 +24556,51 @@
       <x:c r="L408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>588039</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>485</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>772</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="C409" s="3" t="s"/>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>27</x:v>
@@ -25885,51 +25888,51 @@
       <x:c r="M434" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>610249</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C435" s="3" t="s"/>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>28</x:v>
@@ -26452,51 +26455,51 @@
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>618116</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C446" s="15" t="s"/>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s"/>
       <x:c r="K446" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
@@ -27516,51 +27519,51 @@
       <x:c r="L466" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>590474</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="C467" s="3" t="s"/>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>70</x:v>
@@ -28313,51 +28316,51 @@
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>891</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>893</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>595441</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>884</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C482" s="15" t="s"/>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s"/>
       <x:c r="K482" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
@@ -28835,182 +28838,182 @@
       <x:c r="R491" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
         <x:v>616459</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C492" s="15" t="s"/>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s"/>
       <x:c r="K492" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>586348</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C493" s="3" t="s"/>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="G493" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>586350</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
-        <x:v>669</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="C494" s="15" t="s"/>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s"/>
       <x:c r="K494" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>583218</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="C495" s="3" t="s"/>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>318</x:v>