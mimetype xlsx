--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -443,155 +443,155 @@
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Esthétique soin corporel</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être BC3 construire des programmes complets et personnalisés de prestations spa et bien-être</x:t>
   </x:si>
   <x:si>
+    <x:t>Intervenant spa et bien-être BC2 réaliser des massages bien-être</x:t>
+  </x:si>
+  <x:si>
     <x:t>Intervenant spa et bien-être BC1 contribuer à l’animation de l’espace de vente</x:t>
   </x:si>
   <x:si>
-    <x:t>Intervenant spa et bien-être BC2 réaliser des massages bien-être</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Kobido</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage bien-être Californien</x:t>
   </x:si>
   <x:si>
     <x:t>Anatomie palpatoire</x:t>
   </x:si>
   <x:si>
     <x:t>Bols Tibétains</x:t>
   </x:si>
   <x:si>
     <x:t>Massage bien-être femme enceinte</x:t>
   </x:si>
   <x:si>
     <x:t>Tuina du dos</x:t>
   </x:si>
   <x:si>
     <x:t>Massage amma assis</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie plantaire thaïlandaise</x:t>
   </x:si>
   <x:si>
+    <x:t>Massage Minceur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage Oriental</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage Shiatsu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thaïlandais à l'huile</x:t>
+  </x:si>
+  <x:si>
     <x:t>Relaxation coréenne</x:t>
   </x:si>
   <x:si>
-    <x:t>Massage Minceur</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Massage Tuina Minceur</x:t>
   </x:si>
   <x:si>
+    <x:t>Massage Ayurvedique Abhyanga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Forme et Minceur</x:t>
+  </x:si>
+  <x:si>
     <x:t>Naturopathe, relaxologue, praticien en réflexologie</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Massage Ayurvedique Abhyanga</x:t>
-[...2 lines deleted...]
-    <x:t>Forme et Minceur</x:t>
+    <x:t>Massage Chi Nei Tsang</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madéro'fit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage crânien indien Shirotchampi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage lomi lomi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage suédois Deep Tissue</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Naturospirit</x:t>
   </x:si>
   <x:si>
     <x:t>92200</x:t>
   </x:si>
   <x:si>
     <x:t>Public en emploi , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>12/03/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Massage suédois Deep Tissue</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Massage balinais</x:t>
   </x:si>
   <x:si>
     <x:t>Massage bien-être avec ventouses</x:t>
   </x:si>
   <x:si>
     <x:t>Daniela Molinari - Institut de Formation Maestria</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Massage Bien-Etre Énergétique </x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kinésiologie</x:t>
@@ -713,74 +713,74 @@
   <x:si>
     <x:t>12/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Femme , Particulier, individuel , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Apprendre et pratiquer la naturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>06/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Adnr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALBONNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Module d’acquisition de compétences en danse-thérapie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Animer un atelier de ludothérapie</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2025 00:00:00</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien spa et bien-être (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>A Fleur de Peau</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
     <x:t>Massage esthétique</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir kinésiologue</x:t>
   </x:si>
   <x:si>
     <x:t>Quantesens Formations</x:t>
@@ -1007,62 +1007,62 @@
   <x:si>
     <x:t>Centre de Formation du Sud Est</x:t>
   </x:si>
   <x:si>
     <x:t>83440</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil en phytothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Snob Dog Academy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Analyse des besoins corporels et émotionnels</x:t>
   </x:si>
   <x:si>
-    <x:t>05/01/2025 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Thérapeute holistique spécialisé en gestion du stress</x:t>
   </x:si>
   <x:si>
     <x:t>Eleva Formation</x:t>
   </x:si>
   <x:si>
     <x:t>84400</x:t>
   </x:si>
   <x:si>
     <x:t>GOULT</x:t>
   </x:si>
   <x:si>
     <x:t>05/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien spa et bien-être (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
@@ -1211,215 +1211,215 @@
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sophrologie et sophro-analyse</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Yoann Fonte</x:t>
   </x:si>
   <x:si>
     <x:t>06370</x:t>
   </x:si>
   <x:si>
     <x:t>MOUANS-SARTOUX</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Massage Deep Tissue - Niveau 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Praticien(ne) en drainage lymphatique bien-être corps et visage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Praticien TCC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre de ressources et d'enseignement supérieur en psychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRESP FORMATIONS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Handicapé moteur , Profession libérale , Public en emploi , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Médiateur artistique : organiser et conduire un atelier de médiation artistique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique , Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences et techniques des activités physiques et sportives : activité physique adaptée et santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Activité physique et sportive adaptée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Faculté des Sciences du Sport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseils en phytologie - Huiles essentielles et végétales - Hydrolats - Bourgeons et Infusions - Fleurs de Bach</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage californien et/ou suédois</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage sonore aux bols chantants tibétains</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Réflexologie plantaire chinoise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseils en gemmothérapie - Bourgeons et infusions</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage enfant (de 2 à 12 ans)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Les bases du massage bien-être</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Le protocole Zénith</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Praticien spécialisé en danse-thérapie contemporaine : organiser un dispositif de danse-thérapie contemporaine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage bien-être - Réflexologie plantaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jak - Aftec</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Devenir masseur bien-être</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accompagnement énergétique - Massages énergétiques - Bols tibétains - Réflexologie</x:t>
+  </x:si>
+  <x:si>
     <x:t>Massage ayurvédique Abhyanga</x:t>
   </x:si>
   <x:si>
+    <x:t>Réflexologie palmaire énergétique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage Chinois - Tui Na bien-être - Niveau 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage bien-être cranien</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage ayurvédique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madérothérapie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseils en aromathérapie - Huiles essentielles, hydrolats et huiles végétales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseils en élixirs floraux - Fleurs de Bach - Accompagnement des émotions</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage thaïlandais</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie du développement parcours psychologie des transitions : orientation, insertion, conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 5 et plus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Drainage lymphatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Les massages du monde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie du développement parcours psychologie clinique du développement : enfance, adolescence, vieillissement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage bébé Shantala</x:t>
+  </x:si>
+  <x:si>
     <x:t>Psychopraticien, parcours réservé aux licenciés en psychologie</x:t>
   </x:si>
   <x:si>
-    <x:t>Centre de ressources et d'enseignement supérieur en psychologie</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Demandeur d'emploi , Handicapé moteur , Particulier, individuel , Public de la formation initiale , Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>Psychologie</x:t>
-[...145 lines deleted...]
-  <x:si>
     <x:t>Massage Hawaïen Lomi Lomi</x:t>
   </x:si>
   <x:si>
     <x:t>04/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2027 00:00:00</x:t>
@@ -1544,56 +1544,56 @@
   <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Masseur bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en Art Thérapie</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller en Dravyaguna et phytothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/17/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien naturopathe : éducateur de santé</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine Traditionnelle Chinoise - 3e année</x:t>
   </x:si>
   <x:si>
     <x:t>06/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Transe-Formations</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>02/21/2026 00:00:00</x:t>
@@ -1790,68 +1790,68 @@
   <x:si>
     <x:t>10/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller en naturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie plantaire Zu Dan</x:t>
   </x:si>
   <x:si>
     <x:t>Eloïse Mercier</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>10/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Accompagnement relationnel et massage - Relation d'aide par le toucher - Niveau I</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La relation d'Aide par le Toucher</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAURIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Accompagnement relationnel et massage - Relation d'aide par le toucher - Niveau I</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Uniyoga</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de yoga</x:t>
   </x:si>
   <x:si>
     <x:t>Celine Dahan</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien iridologue - conseil en naturopathie hygiéniste</x:t>
   </x:si>
   <x:si>
     <x:t>Julien Allaire</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2025 00:00:00</x:t>
@@ -1895,176 +1895,176 @@
   <x:si>
     <x:t>Sophrothérapeute</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Particulier, individuel , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller en nutrition naturopathe ayurvédique</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller en gestion du mental Naturopathe ayurvédique</x:t>
   </x:si>
   <x:si>
+    <x:t>Demandeur d'emploi , Public sans emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/19/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Art thérapie premium</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Elu , Enseignant , Formateur , Handicapé moteur</x:t>
   </x:si>
   <x:si>
-    <x:t>11/13/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Demandeur d'emploi , Public sans emploi , Salarié , Tout public</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Acupression énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>Nadine Daniel - Institut du Shiatsu Traditionnel</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>11/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Art thérapie en mouvement</x:t>
   </x:si>
   <x:si>
     <x:t>Terre de Lune</x:t>
   </x:si>
   <x:si>
     <x:t>TDL</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Profession libérale , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/24/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Introduction à l'herbalisme</x:t>
   </x:si>
   <x:si>
     <x:t>12/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>PRATICIEN EN NATUROPATHIE ENERGETIQUE A DISTANCE</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Formation Naturopathie Energétique</x:t>
   </x:si>
   <x:si>
     <x:t>CFNE</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>12/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Praticien en EFT (Emotional Freedom Techniques)</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lithothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>Fleurs de Bach</x:t>
   </x:si>
   <x:si>
+    <x:t>Praticien en hypnose</x:t>
+  </x:si>
+  <x:si>
     <x:t>Metathesis Psynaps</x:t>
   </x:si>
   <x:si>
     <x:t>69100</x:t>
   </x:si>
   <x:si>
-    <x:t>Praticien en hypnose</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Autre public , Demandeur d'emploi , Enseignant , Formateur , Handicapé moteur</x:t>
   </x:si>
   <x:si>
     <x:t>Accompagnement thérapeutique du l'arrêt du tabac par l'hypnose</x:t>
   </x:si>
   <x:si>
     <x:t>Alimentation, perte de poids : troubles du comportement alimentaire et accompagnement par l'hypnose</x:t>
   </x:si>
   <x:si>
     <x:t>Module d’acquisition de compétences en médiation artistique</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Enseignant , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>01/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage bien-être liftant japonais visage</x:t>
@@ -2207,77 +2207,77 @@
   <x:si>
     <x:t>06460</x:t>
   </x:si>
   <x:si>
     <x:t>Zoothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>ESCRAGNOLLES</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Yin Yoga</x:t>
   </x:si>
   <x:si>
     <x:t>L'Univers de Céline</x:t>
   </x:si>
   <x:si>
+    <x:t>Dubarry Academy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EGUILLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Professeur de Pilates module d'origine et one to one</x:t>
   </x:si>
   <x:si>
     <x:t>Fit Studio</x:t>
   </x:si>
   <x:si>
     <x:t>83350</x:t>
   </x:si>
   <x:si>
     <x:t>RAMATUELLE</x:t>
   </x:si>
   <x:si>
-    <x:t>02/19/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Dubarry Academy</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Pilates pour seniors</x:t>
   </x:si>
   <x:si>
     <x:t>Prepa-Sports Pro</x:t>
   </x:si>
   <x:si>
     <x:t>Danse avec bébé</x:t>
   </x:si>
   <x:si>
     <x:t>Céline Grisoni</x:t>
   </x:si>
   <x:si>
     <x:t>A corps d'elles</x:t>
   </x:si>
   <x:si>
     <x:t>83660</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
@@ -2531,59 +2531,59 @@
   <x:si>
     <x:t>05/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Praticien 1 - Hypnose et communication ericksonienne - Initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Praticien 1 - Hypnose et communication ericksonienne - Initiale</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Professeur de garuda module seated standing</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage relaxant des jambes et des pieds</x:t>
   </x:si>
   <x:si>
     <x:t>Reformer méthode Pilates</x:t>
   </x:si>
   <x:si>
     <x:t>Formasport Var</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi plus de 26 ans , Femme , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>PIGNANS</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2027 00:00:00</x:t>
@@ -2672,62 +2672,62 @@
   <x:si>
     <x:t>Réflexologie plantaire - Relation d'Aide par le Toucher</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sophro-analyse</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien Janzu : massage et relaxation aquatique. Cursus complet</x:t>
   </x:si>
   <x:si>
     <x:t>Thomas Vanhee - Osmoz Life</x:t>
   </x:si>
   <x:si>
     <x:t>83136</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Profession libérale , Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>LES ARCS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MEOUNES-LES-MONTRIEUX</x:t>
   </x:si>
   <x:si>
-    <x:t>07/04/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Phytothérapie gemmothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>07/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
@@ -2735,63 +2735,63 @@
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84916</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention psychologie du développement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/14/2027 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
@@ -4526,316 +4526,316 @@
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>546881</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>546870</x:v>
+        <x:v>546860</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>546879</x:v>
+        <x:v>546880</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>546882</x:v>
+        <x:v>546870</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>546860</x:v>
+        <x:v>546879</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>546880</x:v>
+        <x:v>546882</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
@@ -4970,51 +4970,51 @@
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>546861</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>54</x:v>
@@ -5523,100 +5523,100 @@
       <x:c r="K40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>551397</x:v>
+        <x:v>551369</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>551369</x:v>
+        <x:v>551373</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>115</x:v>
@@ -5625,100 +5625,100 @@
       <x:c r="K42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>551373</x:v>
+        <x:v>551390</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>551390</x:v>
+        <x:v>551404</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>115</x:v>
@@ -5727,167 +5727,167 @@
       <x:c r="K44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>551404</x:v>
+        <x:v>551411</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>551411</x:v>
+        <x:v>535904</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>535904</x:v>
+        <x:v>551397</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
@@ -5945,1013 +5945,1013 @@
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>551415</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>102</x:v>
-[...2 lines deleted...]
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>533559</x:v>
+        <x:v>551184</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>551184</x:v>
+        <x:v>551194</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>551194</x:v>
+        <x:v>551216</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>551216</x:v>
+        <x:v>551186</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>551186</x:v>
+        <x:v>551195</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>551195</x:v>
+        <x:v>551218</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="H55" s="0" t="s">
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>551218</x:v>
+        <x:v>533559</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>543922</x:v>
+        <x:v>551193</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>551389</x:v>
+        <x:v>551208</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>551407</x:v>
+        <x:v>551214</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>551193</x:v>
+        <x:v>551338</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>551208</x:v>
+        <x:v>551341</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>551214</x:v>
+        <x:v>551406</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>551338</x:v>
+        <x:v>551305</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>551341</x:v>
+        <x:v>551405</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>551406</x:v>
+        <x:v>551416</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>551305</x:v>
+        <x:v>551389</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>551405</x:v>
+        <x:v>551407</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>551416</x:v>
+        <x:v>543922</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
@@ -7017,51 +7017,51 @@
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>551198</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
@@ -7119,343 +7119,343 @@
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>551213</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>551304</x:v>
+        <x:v>551161</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>551401</x:v>
+        <x:v>551199</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>551403</x:v>
+        <x:v>555357</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>551199</x:v>
+        <x:v>551304</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>551161</x:v>
+        <x:v>551401</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>555357</x:v>
+        <x:v>551403</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>162</x:v>
@@ -8144,198 +8144,198 @@
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>548703</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>564162</x:v>
+        <x:v>543790</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="Q93" s="4" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="R93" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="S93" s="0" t="n">
+        <x:v>564158</x:v>
+      </x:c>
+      <x:c r="T93" s="4" t="s">
         <x:v>217</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>564158</x:v>
+        <x:v>564162</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>34921</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
@@ -8589,51 +8589,51 @@
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>521160</x:v>
       </x:c>
@@ -9611,77 +9611,77 @@
       <x:c r="R119" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>560937</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>571761</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>36147</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
@@ -9866,142 +9866,142 @@
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>574024</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>571066</x:v>
+        <x:v>572604</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="Q126" s="16" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="R126" s="14" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="S126" s="14" t="n">
+        <x:v>571066</x:v>
+      </x:c>
+      <x:c r="T126" s="16" t="s">
         <x:v>314</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>313</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>27</x:v>
@@ -10546,51 +10546,51 @@
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>575160</x:v>
       </x:c>
@@ -12593,2071 +12593,2072 @@
       <x:c r="K176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>577457</x:v>
+        <x:v>577505</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>382</x:v>
-[...2 lines deleted...]
-        <x:v>383</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>579048</x:v>
+        <x:v>577507</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>577505</x:v>
+        <x:v>577510</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="H179" s="0" t="s">
+        <x:v>384</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>577507</x:v>
+        <x:v>579050</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>577510</x:v>
+        <x:v>573783</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>389</x:v>
-[...1 lines deleted...]
-      <x:c r="C181" s="3" t="s"/>
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="C181" s="3" t="n">
+        <x:v>35944</x:v>
+      </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="H181" s="0" t="s">
+        <x:v>392</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="J181" s="0" t="s">
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>15459</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>576554</x:v>
+        <x:v>576262</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>382</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>579050</x:v>
+        <x:v>577455</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>392</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>393</x:v>
-[...2 lines deleted...]
-        <x:v>394</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>395</x:v>
-[...2 lines deleted...]
-        <x:v>396</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
-        <x:v>15459</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>576262</x:v>
+        <x:v>577468</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>43438</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>577455</x:v>
+        <x:v>577475</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>577468</x:v>
+        <x:v>577478</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>577475</x:v>
+        <x:v>577532</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>577478</x:v>
+        <x:v>579377</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
-        <x:v>43438</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>577532</x:v>
+        <x:v>603664</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>579377</x:v>
+        <x:v>543919</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>603664</x:v>
+        <x:v>510312</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>543919</x:v>
+        <x:v>597820</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>510312</x:v>
+        <x:v>580114</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>597820</x:v>
+        <x:v>574195</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>580114</x:v>
+        <x:v>598666</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
-        <x:v>43444</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>574195</x:v>
+        <x:v>566791</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>598666</x:v>
+        <x:v>576554</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>573783</x:v>
+        <x:v>577454</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>566791</x:v>
+        <x:v>577457</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>577454</x:v>
+        <x:v>577476</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>577476</x:v>
+        <x:v>577479</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>577479</x:v>
+        <x:v>577486</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>577486</x:v>
+        <x:v>510289</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>510289</x:v>
+        <x:v>577512</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>423</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>393</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>395</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
-        <x:v>14405</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>575693</x:v>
+        <x:v>577530</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>577512</x:v>
+        <x:v>577531</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>43438</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>577530</x:v>
+        <x:v>577533</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>429</x:v>
-[...1 lines deleted...]
-      <x:c r="C207" s="3" t="s"/>
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="C207" s="3" t="n">
+        <x:v>38992</x:v>
+      </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="H207" s="0" t="s">
+        <x:v>392</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="J207" s="0" t="s">
+        <x:v>426</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>43438</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>577531</x:v>
+        <x:v>575693</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>42001</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>577533</x:v>
+        <x:v>510254</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>604528</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>432</x:v>
-[...1 lines deleted...]
-      <x:c r="C210" s="15" t="s"/>
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="C210" s="15" t="n">
+        <x:v>38992</x:v>
+      </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>178</x:v>
-[...1 lines deleted...]
-      <x:c r="H210" s="14" t="s"/>
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="H210" s="14" t="s">
+        <x:v>392</x:v>
+      </x:c>
       <x:c r="I210" s="16" t="s">
-        <x:v>179</x:v>
-[...1 lines deleted...]
-      <x:c r="J210" s="14" t="s"/>
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="J210" s="14" t="s">
+        <x:v>426</x:v>
+      </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
-        <x:v>42001</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>510254</x:v>
+        <x:v>575692</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>433</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
-        <x:v>393</x:v>
-[...2 lines deleted...]
-        <x:v>394</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>395</x:v>
-[...2 lines deleted...]
-        <x:v>424</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
-        <x:v>14405</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>575692</x:v>
+        <x:v>577456</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>577456</x:v>
+        <x:v>577459</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>577459</x:v>
+        <x:v>543611</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>543611</x:v>
+        <x:v>510287</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="H215" s="0" t="s">
+        <x:v>384</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>510287</x:v>
+        <x:v>579048</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
@@ -14776,82 +14777,82 @@
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>586478</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>606653</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
@@ -14886,79 +14887,79 @@
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>587284</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>589848</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
@@ -15757,51 +15758,51 @@
       <x:c r="K237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>579208</x:v>
+        <x:v>544372</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>346</x:v>
@@ -15810,51 +15811,51 @@
       <x:c r="K238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>544372</x:v>
+        <x:v>579208</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>353</x:v>
@@ -17271,51 +17272,51 @@
         <x:v>551478</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>579681</x:v>
       </x:c>
@@ -17324,100 +17325,100 @@
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>579680</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>579682</x:v>
       </x:c>
@@ -17426,51 +17427,51 @@
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>579683</x:v>
       </x:c>
@@ -17867,147 +17868,147 @@
       <x:c r="M278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>560332</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>598429</x:v>
+        <x:v>574178</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>574</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>577</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>574178</x:v>
+        <x:v>598429</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>26</x:v>
@@ -18237,77 +18238,77 @@
       <x:c r="R285" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>606678</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>588185</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>586</x:v>
@@ -18332,86 +18333,86 @@
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>588195</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>588283</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>78</x:v>
@@ -18591,246 +18592,247 @@
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>572178</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>608</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>574331</x:v>
+        <x:v>579510</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="U293" s="4" t="s">
         <x:v>610</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
-        <x:v>612</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>579510</x:v>
+        <x:v>575803</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>613</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H295" s="0" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>575803</x:v>
+        <x:v>572418</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>59</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>572418</x:v>
+        <x:v>574331</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>27</x:v>
@@ -18838,51 +18840,51 @@
       <x:c r="M297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>577148</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
@@ -19004,139 +19006,139 @@
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>597611</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>551479</x:v>
+        <x:v>575827</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>627</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>600</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>575827</x:v>
+        <x:v>551479</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
@@ -19152,51 +19154,51 @@
       <x:c r="M303" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>608293</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
@@ -19217,83 +19219,83 @@
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>608296</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>600768</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
@@ -19327,87 +19329,87 @@
         <x:v>189</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>580115</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>614509</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>614</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
@@ -19528,1882 +19530,1882 @@
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>612669</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="H311" s="0" t="s">
+        <x:v>384</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>598396</x:v>
+        <x:v>602685</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>645</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>598455</x:v>
+        <x:v>598396</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
-        <x:v>43438</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>598461</x:v>
+        <x:v>598455</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>646</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>598469</x:v>
+        <x:v>598461</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
-        <x:v>382</x:v>
-[...2 lines deleted...]
-        <x:v>383</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>602685</x:v>
+        <x:v>598469</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>647</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
-        <x:v>648</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>647</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>648</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>587854</x:v>
+        <x:v>598453</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>598472</x:v>
+        <x:v>598454</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>649</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>598453</x:v>
+        <x:v>598476</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>598454</x:v>
+        <x:v>598472</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>598476</x:v>
+        <x:v>587854</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>598466</x:v>
+        <x:v>574335</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>598478</x:v>
+        <x:v>598466</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>598479</x:v>
+        <x:v>598478</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
-        <x:v>650</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
-        <x:v>43444</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>574335</x:v>
+        <x:v>598479</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>598446</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>598456</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>648</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>648</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>587863</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>645</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>598457</x:v>
+        <x:v>598459</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>598452</x:v>
+        <x:v>598468</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
-        <x:v>43438</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>598459</x:v>
+        <x:v>598480</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>598468</x:v>
+        <x:v>598457</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s"/>
       <x:c r="K332" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>598480</x:v>
+        <x:v>598452</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
-        <x:v>648</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
-        <x:v>648</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>587861</x:v>
+        <x:v>598460</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>649</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>598451</x:v>
+        <x:v>598463</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
-        <x:v>43438</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>598460</x:v>
+        <x:v>598451</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>646</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>598463</x:v>
+        <x:v>598477</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>598477</x:v>
+        <x:v>572605</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>643</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>598447</x:v>
+        <x:v>587861</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>572605</x:v>
+        <x:v>598447</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>649</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>598450</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>614716</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>643</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>598448</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>598449</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>598474</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>598475</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>598462</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>28</x:v>
@@ -21469,188 +21471,188 @@
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>611917</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>611928</x:v>
+        <x:v>611923</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
-        <x:v>43444</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>611923</x:v>
+        <x:v>611919</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>608</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>611919</x:v>
+        <x:v>611928</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
@@ -22211,81 +22213,81 @@
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="E363" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>608388</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>614</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
@@ -22321,81 +22323,81 @@
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="E365" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>608390</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>614</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
@@ -22519,78 +22521,78 @@
         <x:v>689</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>580520</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="C369" s="3" t="s"/>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>574174</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>694</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>696</x:v>
       </x:c>
@@ -22616,145 +22618,145 @@
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>585296</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
-        <x:v>14421</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>615177</x:v>
+        <x:v>616378</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>707</x:v>
+        <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>695</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>696</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s"/>
       <x:c r="K372" s="14" t="s">
-        <x:v>698</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>14421</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>696</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>699</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>616378</x:v>
+        <x:v>615177</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>701</x:v>
+        <x:v>707</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C373" s="3" t="s"/>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>92</x:v>
@@ -22820,145 +22822,145 @@
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>617090</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C375" s="3" t="s"/>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="I375" s="4" t="s">
         <x:v>713</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>714</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
-        <x:v>15452</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="Q375" s="4" t="s">
         <x:v>713</x:v>
       </x:c>
-      <x:c r="Q375" s="4" t="s">
+      <x:c r="R375" s="0" t="s">
         <x:v>714</x:v>
       </x:c>
-      <x:c r="R375" s="0" t="s">
+      <x:c r="S375" s="0" t="n">
+        <x:v>586743</x:v>
+      </x:c>
+      <x:c r="T375" s="4" t="s">
         <x:v>715</x:v>
       </x:c>
-      <x:c r="S375" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>707</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="C376" s="15" t="s"/>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
-        <x:v>719</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s"/>
       <x:c r="K376" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>15452</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
+        <x:v>717</x:v>
+      </x:c>
+      <x:c r="Q376" s="16" t="s">
         <x:v>718</x:v>
       </x:c>
-      <x:c r="Q376" s="16" t="s">
+      <x:c r="R376" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
-      <x:c r="R376" s="14" t="s">
+      <x:c r="S376" s="14" t="n">
+        <x:v>586566</x:v>
+      </x:c>
+      <x:c r="T376" s="16" t="s">
+        <x:v>715</x:v>
+      </x:c>
+      <x:c r="U376" s="16" t="s">
         <x:v>720</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>707</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="C377" s="3" t="s"/>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>28</x:v>
@@ -23013,54 +23015,54 @@
       <x:c r="L378" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>599170</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
-        <x:v>717</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
-        <x:v>717</x:v>
+        <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="C379" s="3" t="s"/>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>27</x:v>
@@ -23185,129 +23187,129 @@
       <x:c r="R381" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>578436</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>732</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="C382" s="15" t="s"/>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
-        <x:v>713</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
-        <x:v>714</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s"/>
       <x:c r="K382" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
-        <x:v>713</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
-        <x:v>714</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>715</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>586573</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>614993</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>735</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="C384" s="15" t="s"/>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
@@ -23341,75 +23343,75 @@
         <x:v>738</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>616484</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="C385" s="3" t="s"/>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>586748</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="C386" s="15" t="s"/>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
@@ -23494,80 +23496,80 @@
       <x:c r="R387" s="0" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>614641</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>748</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="C388" s="15" t="s"/>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
-        <x:v>713</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
-        <x:v>714</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s"/>
       <x:c r="K388" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>713</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>714</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>715</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>586581</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>694</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="C389" s="3" t="s"/>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>752</x:v>
@@ -23596,179 +23598,179 @@
       <x:c r="R389" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>616264</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C390" s="15" t="s"/>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
-        <x:v>719</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s"/>
       <x:c r="K390" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>719</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>587347</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>756</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C391" s="3" t="s"/>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>615211</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>758</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C392" s="15" t="s"/>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
-        <x:v>719</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
-        <x:v>719</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>617155</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C393" s="3" t="s"/>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>737</x:v>
@@ -23800,190 +23802,190 @@
       <x:c r="R393" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>600759</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>759</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="C394" s="15" t="s"/>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
-        <x:v>713</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
-        <x:v>714</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s"/>
       <x:c r="K394" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>713</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>714</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>715</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>586569</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>674</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C395" s="3" t="s"/>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
-        <x:v>43444</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>617274</x:v>
+        <x:v>617275</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C396" s="15" t="s"/>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I396" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s"/>
       <x:c r="K396" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>617275</x:v>
+        <x:v>617274</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C397" s="3" t="s"/>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>359</x:v>
@@ -24041,264 +24043,264 @@
         <x:v>742</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s"/>
       <x:c r="K398" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>618112</x:v>
+        <x:v>617960</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="C399" s="3" t="s"/>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
-        <x:v>741</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>742</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
-        <x:v>741</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
-        <x:v>742</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>617960</x:v>
+        <x:v>618150</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>764</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>763</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C400" s="15" t="s"/>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
-        <x:v>689</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s"/>
       <x:c r="K400" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>689</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>618150</x:v>
+        <x:v>602498</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>764</x:v>
+        <x:v>721</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="C401" s="3" t="s"/>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
-        <x:v>43444</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>602498</x:v>
+        <x:v>579932</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>766</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>765</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="C402" s="15" t="s"/>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
-        <x:v>689</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s"/>
       <x:c r="K402" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
-        <x:v>689</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>579932</x:v>
+        <x:v>618112</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>766</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="C403" s="3" t="s"/>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>27</x:v>
@@ -24480,51 +24482,51 @@
         <x:v>590454</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="C407" s="3" t="s"/>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>575157</x:v>
       </x:c>
@@ -24576,75 +24578,75 @@
         <x:v>546</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>616989</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>777</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="C409" s="3" t="s"/>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>588039</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>779</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="C410" s="15" t="s"/>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
@@ -24984,78 +24986,78 @@
         <x:v>464</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>617091</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="C417" s="3" t="s"/>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
-        <x:v>714</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
-        <x:v>714</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>586567</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="C418" s="15" t="s"/>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
@@ -25241,80 +25243,80 @@
       <x:c r="R421" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>580510</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="C422" s="15" t="s"/>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
-        <x:v>713</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
-        <x:v>714</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s"/>
       <x:c r="K422" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
-        <x:v>713</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
-        <x:v>714</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>715</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>586571</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C423" s="3" t="s"/>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>300</x:v>
@@ -25343,77 +25345,77 @@
       <x:c r="R423" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
         <x:v>616383</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>801</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C424" s="15" t="s"/>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
-        <x:v>719</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s"/>
       <x:c r="K424" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>719</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
         <x:v>600431</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>803</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C425" s="3" t="s"/>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>737</x:v>
@@ -25424,101 +25426,101 @@
       <x:c r="K425" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>616480</x:v>
+        <x:v>616483</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="C426" s="15" t="s"/>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
-        <x:v>713</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
-        <x:v>714</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s"/>
       <x:c r="K426" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>713</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>714</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>715</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>586580</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C427" s="3" t="s"/>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>738</x:v>
@@ -25526,51 +25528,51 @@
       <x:c r="K427" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>616481</x:v>
+        <x:v>616480</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C428" s="15" t="s"/>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
         <x:v>738</x:v>
@@ -25579,94 +25581,94 @@
       <x:c r="K428" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>616483</x:v>
+        <x:v>616481</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="C429" s="3" t="s"/>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>617092</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>810</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="C430" s="15" t="s"/>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
@@ -25695,133 +25697,133 @@
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>580507</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>812</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C431" s="3" t="s"/>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>42001</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>615123</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>813</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="C432" s="15" t="s"/>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
-        <x:v>719</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s"/>
       <x:c r="K432" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
-        <x:v>719</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>615125</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>815</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C433" s="3" t="s"/>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
         <x:v>304</x:v>
@@ -25955,77 +25957,77 @@
       <x:c r="R435" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>616441</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C436" s="15" t="s"/>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
-        <x:v>719</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s"/>
       <x:c r="K436" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
-        <x:v>719</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>615124</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>812</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="C437" s="3" t="s"/>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
         <x:v>463</x:v>
@@ -26050,448 +26052,448 @@
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
         <x:v>610249</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C438" s="15" t="s"/>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
-        <x:v>741</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s"/>
       <x:c r="I438" s="16" t="s">
-        <x:v>742</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s"/>
       <x:c r="K438" s="14" t="s">
-        <x:v>617</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
-        <x:v>741</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
-        <x:v>742</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
-        <x:v>617961</x:v>
+        <x:v>612767</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
-        <x:v>820</x:v>
+        <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="C439" s="3" t="s"/>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>612767</x:v>
+        <x:v>599685</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>821</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
-        <x:v>821</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="C440" s="15" t="s"/>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s"/>
       <x:c r="K440" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
-        <x:v>599685</x:v>
+        <x:v>581476</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
-        <x:v>822</x:v>
+        <x:v>821</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>795</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="C441" s="3" t="s"/>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
-        <x:v>581476</x:v>
+        <x:v>580514</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
-        <x:v>822</x:v>
+        <x:v>821</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
-        <x:v>821</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="C442" s="15" t="s"/>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
-        <x:v>689</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s"/>
       <x:c r="K442" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
-        <x:v>689</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
-        <x:v>580514</x:v>
+        <x:v>617961</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
         <x:v>822</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="C443" s="3" t="s"/>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
-        <x:v>714</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
-        <x:v>714</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>586579</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>822</x:v>
+        <x:v>821</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="C444" s="15" t="s"/>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s"/>
       <x:c r="K444" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>615214</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
-        <x:v>820</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="C445" s="3" t="s"/>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>617969</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
-        <x:v>822</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="C446" s="15" t="s"/>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s"/>
       <x:c r="K446" s="14" t="s">
@@ -26560,96 +26562,96 @@
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>612763</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C448" s="15" t="s"/>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s"/>
       <x:c r="K448" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>602507</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C449" s="3" t="s"/>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>28</x:v>
@@ -26771,80 +26773,80 @@
       <x:c r="R451" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
         <x:v>602499</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="C452" s="15" t="s"/>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s"/>
       <x:c r="K452" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>577</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>574176</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="C453" s="3" t="s"/>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>742</x:v>
@@ -26919,51 +26921,51 @@
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>616986</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>821</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="C455" s="3" t="s"/>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
@@ -27164,51 +27166,51 @@
       <x:c r="M459" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>618114</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="C460" s="15" t="s"/>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s"/>
       <x:c r="K460" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
@@ -27217,51 +27219,51 @@
       <x:c r="M460" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>14406</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>849</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>616424</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
-        <x:v>627</x:v>
+        <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="C461" s="3" t="s"/>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>28</x:v>
@@ -27319,147 +27321,147 @@
       <x:c r="M462" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>589567</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="C463" s="3" t="s"/>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>599687</x:v>
+        <x:v>580519</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>764</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="C464" s="15" t="s"/>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s"/>
       <x:c r="K464" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>580519</x:v>
+        <x:v>599687</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>764</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C465" s="3" t="s"/>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>26</x:v>
@@ -27587,80 +27589,80 @@
       <x:c r="R467" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
         <x:v>590474</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
         <x:v>856</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="C468" s="15" t="s"/>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s"/>
       <x:c r="K468" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
-        <x:v>577</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>574177</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>732</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="C469" s="3" t="s"/>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>689</x:v>
@@ -27697,51 +27699,51 @@
       </x:c>
       <x:c r="U469" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="C470" s="15" t="s"/>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s"/>
       <x:c r="K470" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>598379</x:v>
       </x:c>
@@ -27770,51 +27772,51 @@
       <x:c r="K471" s="0" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>587866</x:v>
+        <x:v>587309</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="C472" s="15" t="s"/>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
         <x:v>865</x:v>
@@ -27823,51 +27825,51 @@
       <x:c r="K472" s="14" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>587309</x:v>
+        <x:v>587866</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="C473" s="3" t="s"/>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>617</x:v>
@@ -27886,139 +27888,139 @@
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>617962</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>872</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C474" s="15" t="s"/>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s"/>
       <x:c r="K474" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
-        <x:v>618115</x:v>
+        <x:v>617967</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
         <x:v>873</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="C475" s="3" t="s"/>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="G475" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>617967</x:v>
+        <x:v>618115</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>873</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="C476" s="15" t="s"/>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
         <x:v>742</x:v>
@@ -28090,426 +28092,425 @@
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>616456</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>877</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>882</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>595441</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>883</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>884</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>885</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>886</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>887</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>595439</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>883</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
-        <x:v>486</x:v>
-[...1 lines deleted...]
-      <x:c r="C480" s="15" t="s"/>
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="C480" s="15" t="n">
+        <x:v>38992</x:v>
+      </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
-        <x:v>189</x:v>
-[...1 lines deleted...]
-      <x:c r="J480" s="14" t="s"/>
+        <x:v>890</x:v>
+      </x:c>
+      <x:c r="J480" s="14" t="s">
+        <x:v>426</x:v>
+      </x:c>
       <x:c r="K480" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
-        <x:v>43438</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>616118</x:v>
+        <x:v>596275</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
-        <x:v>888</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>889</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="C481" s="3" t="s"/>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
-        <x:v>890</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
-        <x:v>891</x:v>
-[...2 lines deleted...]
-        <x:v>424</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
-        <x:v>881</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
-        <x:v>14405</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
-        <x:v>890</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
-        <x:v>891</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="S481" s="0" t="n">
+        <x:v>616118</x:v>
+      </x:c>
+      <x:c r="T481" s="4" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="U481" s="4" t="s">
         <x:v>892</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
-        <x:v>890</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
-        <x:v>891</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>893</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>894</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>895</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>595440</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>883</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
         <x:v>896</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>897</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>898</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>595443</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>883</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
-        <x:v>890</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
-        <x:v>891</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="Q484" s="16" t="s">
         <x:v>890</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>891</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>595442</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>883</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="C485" s="3" t="s"/>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>27</x:v>
@@ -28540,226 +28541,226 @@
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>901</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>902</x:v>
       </x:c>
       <x:c r="C486" s="15" t="s"/>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s"/>
       <x:c r="K486" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>601894</x:v>
+        <x:v>601896</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>903</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>904</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>902</x:v>
       </x:c>
       <x:c r="C487" s="3" t="s"/>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>601897</x:v>
+        <x:v>601891</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>903</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>904</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>902</x:v>
       </x:c>
       <x:c r="C488" s="15" t="s"/>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s"/>
       <x:c r="K488" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
-        <x:v>601891</x:v>
+        <x:v>601894</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>903</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>904</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>902</x:v>
       </x:c>
       <x:c r="C489" s="3" t="s"/>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
-        <x:v>601896</x:v>
+        <x:v>601897</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>903</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>904</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C490" s="15" t="s"/>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s"/>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
         <x:v>346</x:v>
@@ -28782,51 +28783,51 @@
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
         <x:v>598378</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>905</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>906</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C491" s="3" t="s"/>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
@@ -28846,51 +28847,51 @@
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>907</x:v>
       </x:c>
       <x:c r="C492" s="15" t="s"/>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s"/>
       <x:c r="K492" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>615222</x:v>
       </x:c>