--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -302,71 +302,71 @@
   <x:si>
     <x:t>83210</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique hospitalière , Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>BELGENTIER</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en naturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>Commerçant , Demandeur d'emploi , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>Art-thérapeute spécialisé en Art-thérapie Contemporaine (2 années)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Profac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Art-thérapeute spécialisé en Art-thérapie Contemporaine (1 année)</x:t>
   </x:si>
   <x:si>
-    <x:t>Profac</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Art-thérapeute spécialisé en Art-thérapie Contemporaine (2 années)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Naturopathe</x:t>
   </x:si>
   <x:si>
     <x:t>Ero Nature</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Innovnaturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>84700</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
@@ -443,56 +443,56 @@
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Esthétique soin corporel</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être BC3 construire des programmes complets et personnalisés de prestations spa et bien-être</x:t>
   </x:si>
   <x:si>
+    <x:t>Intervenant spa et bien-être BC2 réaliser des massages bien-être</x:t>
+  </x:si>
+  <x:si>
     <x:t>Intervenant spa et bien-être BC1 contribuer à l’animation de l’espace de vente</x:t>
   </x:si>
   <x:si>
-    <x:t>Intervenant spa et bien-être BC2 réaliser des massages bien-être</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Kobido</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage bien-être Californien</x:t>
   </x:si>
   <x:si>
     <x:t>Anatomie palpatoire</x:t>
   </x:si>
   <x:si>
     <x:t>Bols Tibétains</x:t>
   </x:si>
   <x:si>
     <x:t>Massage bien-être femme enceinte</x:t>
@@ -500,68 +500,68 @@
   <x:si>
     <x:t>Tuina du dos</x:t>
   </x:si>
   <x:si>
     <x:t>Massage amma assis</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie plantaire thaïlandaise</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Minceur</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Oriental</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Shiatsu</x:t>
   </x:si>
   <x:si>
     <x:t>Thaïlandais à l'huile</x:t>
   </x:si>
   <x:si>
     <x:t>Relaxation coréenne</x:t>
   </x:si>
   <x:si>
+    <x:t>Massage Tuina Minceur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage Ayurvedique Abhyanga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Forme et Minceur</x:t>
+  </x:si>
+  <x:si>
     <x:t>Naturopathe, relaxologue, praticien en réflexologie</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Massage Ayurvedique Abhyanga</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Massage Chi Nei Tsang</x:t>
   </x:si>
   <x:si>
     <x:t>Madéro'fit</x:t>
   </x:si>
   <x:si>
     <x:t>Massage crânien indien Shirotchampi</x:t>
   </x:si>
   <x:si>
     <x:t>Massage lomi lomi</x:t>
   </x:si>
   <x:si>
     <x:t>Massage suédois Deep Tissue</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Naturospirit</x:t>
   </x:si>
   <x:si>
     <x:t>92200</x:t>
   </x:si>
   <x:si>
     <x:t>Public en emploi , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
@@ -728,59 +728,59 @@
   <x:si>
     <x:t>Apprendre et pratiquer la naturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>06/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Adnr</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Module d’acquisition de compétences en danse-thérapie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Animer un atelier de ludothérapie</x:t>
   </x:si>
   <x:si>
-    <x:t>12/31/2028 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien spa et bien-être (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>A Fleur de Peau</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
     <x:t>Massage esthétique</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir kinésiologue</x:t>
   </x:si>
   <x:si>
     <x:t>Quantesens Formations</x:t>
@@ -1199,86 +1199,86 @@
   <x:si>
     <x:t>Module - Anatomie-Physiologie</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Public en emploi , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Licencié pour motif économique , Profession libérale , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil en aromathérapie</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sophrologie et sophro-analyse</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Yoann Fonte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOUANS-SARTOUX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage Deep Tissue - Niveau 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Praticien(ne) en drainage lymphatique bien-être corps et visage</x:t>
+  </x:si>
+  <x:si>
     <x:t>Praticien TCC</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de ressources et d'enseignement supérieur en psychologie</x:t>
   </x:si>
   <x:si>
     <x:t>CRESP FORMATIONS</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé moteur , Profession libérale , Public en emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Psychologie</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2025 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Médiateur artistique : organiser et conduire un atelier de médiation artistique</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences et techniques des activités physiques et sportives : activité physique adaptée et santé</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Activité physique et sportive adaptée</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté des Sciences du Sport</x:t>
@@ -1475,65 +1475,65 @@
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en hypnose Ericksonienne</x:t>
   </x:si>
   <x:si>
     <x:t>Efth Formations</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>09/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Médecine Traditionnelle Chinoise - 2e année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Zhong Li</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Médecine Traditionnelle Chinoise - 2e et 3e année</x:t>
   </x:si>
   <x:si>
-    <x:t>Ecole Zhong Li</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Médecine Traditionnelle Chinoise - 2e année</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Praticien en sophrologie EFPP</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Emmanuelle Murcia</x:t>
   </x:si>
   <x:si>
     <x:t>04160</x:t>
   </x:si>
   <x:si>
     <x:t>CHATEAU-ARNOUX</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Andralian</x:t>
   </x:si>
   <x:si>
     <x:t>IFS</x:t>
   </x:si>
   <x:si>
     <x:t>75003</x:t>
@@ -1577,77 +1577,77 @@
   <x:si>
     <x:t>Praticien naturopathe : éducateur de santé</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine Traditionnelle Chinoise - 3e année</x:t>
   </x:si>
   <x:si>
     <x:t>06/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Transe-Formations</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>02/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Laurence Merchet Thau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation "Professeur de Yoga" bloc 2</x:t>
   </x:si>
   <x:si>
     <x:t>Sylvie Clément - Spicy Yoga</x:t>
   </x:si>
   <x:si>
     <x:t>Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>09/20/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Laurence Merchet Thau</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Accompagnement relationnel et massage - Relation d'aide par le toucher pour les personnes âgées</x:t>
   </x:si>
   <x:si>
     <x:t>Une Porte Vers Soi</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Profession libérale , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cursus complet d'herboristerie</x:t>
   </x:si>
   <x:si>
     <x:t>Althea Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>84440</x:t>
@@ -1691,62 +1691,62 @@
   <x:si>
     <x:t>09/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine traditionnelle chinoise - 1re et 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine traditionnelle chinoise - 1ère année</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Consultant (three in one concepts)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Enseignant , Particulier, individuel , Profession libérale , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Professeur de Pilates - Méthodes harmonie du corps</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Harmonie du Corps - Pilates</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Professeur de Pilates - Méthodes harmonie du corps</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Educateur de Santé selon l'Ayurveda</x:t>
   </x:si>
   <x:si>
     <x:t>Ojas</x:t>
   </x:si>
   <x:si>
     <x:t>83550</x:t>
   </x:si>
   <x:si>
     <x:t>10/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Magnétisme</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2025 00:00:00</x:t>
@@ -2003,74 +2003,74 @@
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>PRATICIEN EN NATUROPATHIE ENERGETIQUE A DISTANCE</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Formation Naturopathie Energétique</x:t>
   </x:si>
   <x:si>
     <x:t>CFNE</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>12/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Praticien en EFT (Emotional Freedom Techniques)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lithothérapie</x:t>
+  </x:si>
+  <x:si>
     <x:t>Fleurs de Bach</x:t>
   </x:si>
   <x:si>
-    <x:t>Praticien en EFT (Emotional Freedom Techniques)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Praticien en hypnose</x:t>
   </x:si>
   <x:si>
     <x:t>Metathesis Psynaps</x:t>
   </x:si>
   <x:si>
     <x:t>69100</x:t>
   </x:si>
   <x:si>
+    <x:t>Accompagnement thérapeutique du l'arrêt du tabac par l'hypnose</x:t>
+  </x:si>
+  <x:si>
     <x:t>Autre public , Demandeur d'emploi , Enseignant , Formateur , Handicapé moteur</x:t>
   </x:si>
   <x:si>
-    <x:t>Accompagnement thérapeutique du l'arrêt du tabac par l'hypnose</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Alimentation, perte de poids : troubles du comportement alimentaire et accompagnement par l'hypnose</x:t>
   </x:si>
   <x:si>
     <x:t>Module d’acquisition de compétences en médiation artistique</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Enseignant , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>01/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage bien-être liftant japonais visage</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure Formation Métiers en Demande</x:t>
   </x:si>
   <x:si>
     <x:t>ESMED</x:t>
@@ -2360,62 +2360,62 @@
   <x:si>
     <x:t>LE CANNET</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Acupression du ventre et du dos</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Pilates module pratique, observation et enseignement reformer cadillac</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien en Hypnose Ericksonienne</x:t>
   </x:si>
   <x:si>
+    <x:t>Cycle 1 Hypnose et communication ericksonienne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Technicien en hypnose et communication ericksonienne</x:t>
   </x:si>
   <x:si>
     <x:t>03/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Cycle 1 Hypnose et communication ericksonienne</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Inductions hypnotiques rapides</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Evolution et Synergie</x:t>
   </x:si>
   <x:si>
     <x:t>FES</x:t>
   </x:si>
   <x:si>
     <x:t>30130</x:t>
   </x:si>
   <x:si>
     <x:t>03/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien 2 en hypnose et communication ericksonienne (combiné)</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien en hypnose et communication ericksonienne (combiné)</x:t>
   </x:si>
   <x:si>
     <x:t>Massage bien-être crânio-facial scapulaire</x:t>
   </x:si>
   <x:si>
     <x:t>Sophrotherapie</x:t>
@@ -2528,54 +2528,54 @@
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Praticien 1 - Hypnose et communication ericksonienne - Initiale</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de garuda module seated standing</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage relaxant des jambes et des pieds</x:t>
   </x:si>
   <x:si>
     <x:t>Reformer méthode Pilates</x:t>
   </x:si>
   <x:si>
     <x:t>Formasport Var</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi plus de 26 ans , Femme , Tout public</x:t>
   </x:si>
@@ -3931,100 +3931,100 @@
       <x:c r="K10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>495568</x:v>
+        <x:v>495575</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>495575</x:v>
+        <x:v>495568</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>86</x:v>
@@ -4300,51 +4300,51 @@
       <x:c r="M17" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>521915</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
@@ -4353,51 +4353,51 @@
       <x:c r="M18" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>491243</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4526,316 +4526,316 @@
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>546881</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>546870</x:v>
+        <x:v>546860</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>546879</x:v>
+        <x:v>546880</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>546882</x:v>
+        <x:v>546870</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>546860</x:v>
+        <x:v>546879</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>546880</x:v>
+        <x:v>546882</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
@@ -4970,51 +4970,51 @@
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>546861</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>54</x:v>
@@ -5068,51 +5068,51 @@
       <x:c r="M31" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>551163</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
@@ -5121,100 +5121,100 @@
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>551185</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>551191</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
@@ -5223,100 +5223,100 @@
       <x:c r="M34" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>551205</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>551206</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
@@ -5325,100 +5325,100 @@
       <x:c r="M36" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>551217</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>555359</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
@@ -5427,100 +5427,100 @@
       <x:c r="M38" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>551197</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>551212</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
@@ -5529,100 +5529,100 @@
       <x:c r="M40" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>551369</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>551373</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
@@ -5631,100 +5631,100 @@
       <x:c r="M42" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>551390</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>551404</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
@@ -5733,100 +5733,100 @@
       <x:c r="M44" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>551411</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>535904</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
@@ -5835,715 +5835,715 @@
       <x:c r="M46" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>551397</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>102</x:v>
-[...2 lines deleted...]
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>533559</x:v>
+        <x:v>551410</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>551184</x:v>
+        <x:v>551415</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>551194</x:v>
+        <x:v>551184</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>551216</x:v>
+        <x:v>551194</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>551186</x:v>
+        <x:v>551216</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>551195</x:v>
+        <x:v>551186</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>551218</x:v>
+        <x:v>551195</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>551410</x:v>
+        <x:v>551218</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="H55" s="0" t="s">
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>551415</x:v>
+        <x:v>533559</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>551193</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>551208</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>551214</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>551338</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
@@ -6552,100 +6552,100 @@
       <x:c r="M60" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>551341</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>551406</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
@@ -6654,202 +6654,202 @@
       <x:c r="M62" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>551305</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>551405</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>551416</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>551389</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
@@ -6858,51 +6858,51 @@
       <x:c r="M66" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>551407</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>54</x:v>
@@ -6960,100 +6960,100 @@
       <x:c r="M68" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>551192</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>551198</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
@@ -7062,100 +7062,100 @@
       <x:c r="M70" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>551207</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>551213</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
@@ -7164,100 +7164,100 @@
       <x:c r="M72" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>551304</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>551401</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
@@ -7266,202 +7266,202 @@
       <x:c r="M74" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>551403</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>551199</x:v>
+        <x:v>551161</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>551161</x:v>
+        <x:v>551199</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>555357</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
@@ -7574,51 +7574,51 @@
       <x:c r="M80" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>537595</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>54</x:v>
@@ -7985,51 +7985,51 @@
       <x:c r="M88" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>548353</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>92</x:v>
@@ -8214,122 +8214,122 @@
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>564162</x:v>
+        <x:v>564158</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>564158</x:v>
+        <x:v>564162</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>34921</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
@@ -8517,100 +8517,100 @@
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>546594</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>546593</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
@@ -8775,51 +8775,51 @@
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>564513</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
@@ -8828,51 +8828,51 @@
       <x:c r="M104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>557356</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>54</x:v>
@@ -9805,51 +9805,51 @@
       <x:c r="M123" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>571986</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
@@ -9907,51 +9907,51 @@
       <x:c r="M125" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>572604</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
@@ -9960,51 +9960,51 @@
       <x:c r="M126" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>571066</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
@@ -10066,51 +10066,51 @@
       <x:c r="M128" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>42020</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>587316</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>92</x:v>
@@ -11333,358 +11333,358 @@
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>576872</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
-        <x:v>43444</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>576830</x:v>
+        <x:v>576857</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s"/>
       <x:c r="K154" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>576812</x:v>
+        <x:v>576863</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>576857</x:v>
+        <x:v>576864</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
-        <x:v>43438</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>576863</x:v>
+        <x:v>576879</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>43438</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>576864</x:v>
+        <x:v>576830</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C158" s="15" t="s"/>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s"/>
       <x:c r="K158" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>576879</x:v>
+        <x:v>576812</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>359</x:v>
@@ -12444,51 +12444,51 @@
       <x:c r="M173" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>571065</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
@@ -12505,812 +12505,814 @@
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>578782</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="I175" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="H175" s="0" t="s">
+      <x:c r="K175" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="L175" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="M175" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N175" s="3" t="n">
+        <x:v>43445</x:v>
+      </x:c>
+      <x:c r="O175" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="P175" s="0" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="Q175" s="4" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="R175" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="I175" s="4" t="s">
+      <x:c r="S175" s="0" t="n">
+        <x:v>577460</x:v>
+      </x:c>
+      <x:c r="T175" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="K175" s="0" t="s">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>577505</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>577507</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>577510</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="H179" s="0" t="s">
+        <x:v>384</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>573783</x:v>
+        <x:v>579050</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>390</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>391</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>393</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
-        <x:v>15459</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>576262</x:v>
+        <x:v>573783</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>134</x:v>
-[...1 lines deleted...]
-      <x:c r="C181" s="3" t="s"/>
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="C181" s="3" t="n">
+        <x:v>35944</x:v>
+      </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="H181" s="0" t="s">
+        <x:v>392</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="J181" s="0" t="s">
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>15459</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>577460</x:v>
+        <x:v>576262</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>577455</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>577468</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>577475</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>577478</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>577532</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>579377</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>603664</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>543919</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
@@ -13319,100 +13321,100 @@
       <x:c r="L190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>510312</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>597820</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
@@ -13421,100 +13423,100 @@
       <x:c r="L192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>580114</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>574195</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
@@ -13523,459 +13525,459 @@
       <x:c r="L194" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>598666</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>566791</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>576554</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>577454</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>577457</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>577476</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>577479</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>577486</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>510289</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38992</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
@@ -13988,51 +13990,51 @@
       <x:c r="L203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>575693</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
@@ -14041,307 +14043,307 @@
       <x:c r="L204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>42001</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>510254</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>577512</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>577530</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>577531</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>577533</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>604528</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>38992</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
@@ -14353,202 +14355,202 @@
       <x:c r="L210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>575692</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>577456</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>577459</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>543611</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
@@ -14557,258 +14559,258 @@
       <x:c r="L214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>510287</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>579048</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>577458</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>577482</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>586478</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
@@ -15033,51 +15035,51 @@
       <x:c r="M223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>587179</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
@@ -15231,51 +15233,51 @@
       <x:c r="K227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>566910</x:v>
+        <x:v>603033</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>459</x:v>
@@ -15284,51 +15286,51 @@
       <x:c r="K228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>603033</x:v>
+        <x:v>566910</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>264</x:v>
@@ -15505,51 +15507,51 @@
       <x:c r="M232" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>579985</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>28</x:v>
@@ -16079,148 +16081,147 @@
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>546527</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="H244" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>488932</x:v>
+        <x:v>569784</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
-        <x:v>507</x:v>
-[...1 lines deleted...]
-      <x:c r="H245" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="K245" s="0" t="s">
         <x:v>509</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="S245" s="0" t="n">
+        <x:v>488932</x:v>
+      </x:c>
+      <x:c r="T245" s="4" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="U245" s="4" t="s">
         <x:v>510</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
@@ -16229,51 +16230,51 @@
       <x:c r="M246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>589555</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>27</x:v>
@@ -16334,100 +16335,100 @@
       <x:c r="M248" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>589707</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>590127</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
@@ -16893,51 +16894,51 @@
       <x:c r="M259" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>578993</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
@@ -17003,198 +17004,198 @@
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>581327</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>15452</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>587282</x:v>
+        <x:v>590202</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>540</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
-        <x:v>15452</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="S263" s="0" t="n">
+        <x:v>587282</x:v>
+      </x:c>
+      <x:c r="T263" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
-      <x:c r="S263" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>570661</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>540</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>54</x:v>
@@ -17301,51 +17302,51 @@
       <x:c r="M267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>579681</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
@@ -17354,100 +17355,100 @@
       <x:c r="M268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>579680</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>579682</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
@@ -17456,51 +17457,51 @@
       <x:c r="M270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>579683</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>54</x:v>
@@ -17762,51 +17763,51 @@
       <x:c r="M276" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>577236</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>27</x:v>
@@ -17985,75 +17986,75 @@
         <x:v>190</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>598429</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>613597</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>583</x:v>
       </x:c>
@@ -18111,51 +18112,51 @@
       <x:c r="I283" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>588193</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
@@ -18164,51 +18165,51 @@
         <x:v>45</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>588191</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>340</x:v>
@@ -18315,103 +18316,103 @@
       <x:c r="I287" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>588195</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>588283</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>78</x:v>
@@ -18428,51 +18429,51 @@
       <x:c r="M289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>598671</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
@@ -18647,140 +18648,141 @@
       <x:c r="R293" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>579510</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>59</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>572418</x:v>
+        <x:v>575803</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>611</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H295" s="0" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
-        <x:v>608</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>575803</x:v>
+        <x:v>572418</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
@@ -19222,78 +19224,78 @@
         <x:v>115</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>608296</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>600768</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
@@ -19416,51 +19418,51 @@
       <x:c r="M308" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>610203</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>28</x:v>
@@ -19528,563 +19530,564 @@
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>612669</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="H311" s="0" t="s">
+        <x:v>384</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
-        <x:v>43438</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>598461</x:v>
+        <x:v>602685</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>598469</x:v>
+        <x:v>598396</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>598396</x:v>
+        <x:v>598455</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>646</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>598455</x:v>
+        <x:v>598461</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>598453</x:v>
+        <x:v>598469</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>646</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>598454</x:v>
+        <x:v>598453</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>598476</x:v>
+        <x:v>598454</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>377</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>602685</x:v>
+        <x:v>598476</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>649</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>649</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>587854</x:v>
+        <x:v>598472</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>598472</x:v>
+        <x:v>587854</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>644</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
@@ -20191,247 +20194,247 @@
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>598479</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
-        <x:v>650</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
-        <x:v>43444</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>574335</x:v>
+        <x:v>587863</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>598446</x:v>
+        <x:v>574335</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>646</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>598456</x:v>
+        <x:v>598446</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>651</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>649</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>649</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>587863</x:v>
+        <x:v>598456</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
@@ -20448,51 +20451,51 @@
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>598459</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>644</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
@@ -20550,51 +20553,51 @@
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>598480</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
@@ -20701,51 +20704,51 @@
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>598460</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>644</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
@@ -20897,51 +20900,51 @@
       <x:c r="M337" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>572605</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
@@ -20950,59 +20953,59 @@
       <x:c r="M338" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>587861</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
@@ -21109,51 +21112,51 @@
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>614716</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>645</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
@@ -21162,51 +21165,51 @@
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>598448</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
@@ -21460,100 +21463,100 @@
       <x:c r="M348" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>611917</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>611923</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
@@ -21562,100 +21565,100 @@
       <x:c r="M350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>611919</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>611928</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="I352" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
         <x:v>26</x:v>
@@ -22128,51 +22131,51 @@
       <x:c r="M361" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>616121</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="I362" s="16" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
         <x:v>97</x:v>
@@ -22615,185 +22618,185 @@
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>585296</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
-        <x:v>14421</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>615177</x:v>
+        <x:v>616378</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>707</x:v>
+        <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>695</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>696</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s"/>
       <x:c r="K372" s="14" t="s">
-        <x:v>698</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>14421</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>696</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>699</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>616378</x:v>
+        <x:v>615177</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>701</x:v>
+        <x:v>707</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C373" s="3" t="s"/>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>616422</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>709</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>711</x:v>
       </x:c>
@@ -22811,51 +22814,51 @@
       <x:c r="M374" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>617090</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C375" s="3" t="s"/>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>28</x:v>
@@ -23235,78 +23238,78 @@
         <x:v>718</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>586573</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>614993</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>735</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="C384" s="15" t="s"/>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
@@ -24040,258 +24043,258 @@
         <x:v>742</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s"/>
       <x:c r="K398" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>618112</x:v>
+        <x:v>617960</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="C399" s="3" t="s"/>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>579932</x:v>
+        <x:v>618150</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>764</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>765</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C400" s="15" t="s"/>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
-        <x:v>689</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s"/>
       <x:c r="K400" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>689</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>618150</x:v>
+        <x:v>602498</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>766</x:v>
+        <x:v>721</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="C401" s="3" t="s"/>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
-        <x:v>43444</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>602498</x:v>
+        <x:v>579932</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>766</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="C402" s="15" t="s"/>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s"/>
       <x:c r="K402" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>617960</x:v>
+        <x:v>618112</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="C403" s="3" t="s"/>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>770</x:v>
@@ -24506,51 +24509,51 @@
       <x:c r="L407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>575157</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>764</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
@@ -24757,51 +24760,51 @@
         <x:v>189</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s"/>
       <x:c r="K412" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>616706</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>732</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="C413" s="3" t="s"/>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>464</x:v>
@@ -24823,51 +24826,51 @@
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>610248</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>763</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="C414" s="15" t="s"/>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s"/>
       <x:c r="K414" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
@@ -26049,244 +26052,244 @@
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
         <x:v>610249</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
-        <x:v>819</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C438" s="15" t="s"/>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s"/>
       <x:c r="I438" s="16" t="s">
-        <x:v>689</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s"/>
       <x:c r="K438" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
-        <x:v>689</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
-        <x:v>599685</x:v>
+        <x:v>612767</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
-        <x:v>820</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
-        <x:v>821</x:v>
+        <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="C439" s="3" t="s"/>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>612767</x:v>
+        <x:v>599685</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
-        <x:v>820</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>821</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="C440" s="15" t="s"/>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s"/>
       <x:c r="K440" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
         <x:v>581476</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>820</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
         <x:v>821</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>819</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="C441" s="3" t="s"/>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
         <x:v>580514</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
-        <x:v>820</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
         <x:v>821</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="C442" s="15" t="s"/>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s"/>
       <x:c r="K442" s="14" t="s">
@@ -26295,51 +26298,51 @@
       <x:c r="L442" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>617961</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
-        <x:v>820</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
         <x:v>822</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="C443" s="3" t="s"/>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>27</x:v>
@@ -26918,51 +26921,51 @@
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>616986</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>819</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="C455" s="3" t="s"/>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
@@ -27358,113 +27361,113 @@
       <x:c r="I463" s="4" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>599687</x:v>
+        <x:v>580519</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>766</x:v>
+        <x:v>764</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="C464" s="15" t="s"/>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s"/>
       <x:c r="K464" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>580519</x:v>
+        <x:v>599687</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
-        <x:v>766</x:v>
+        <x:v>764</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C465" s="3" t="s"/>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>28</x:v>
@@ -27673,51 +27676,51 @@
       <x:c r="M469" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>580517</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="C470" s="15" t="s"/>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s"/>
       <x:c r="K470" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
@@ -27726,51 +27729,51 @@
       <x:c r="M470" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>598379</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="C471" s="3" t="s"/>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>28</x:v>
@@ -28135,51 +28138,51 @@
       <x:c r="L478" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>882</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>595441</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>883</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>884</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
@@ -28189,51 +28192,51 @@
       <x:c r="L479" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>885</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>886</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>887</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>595439</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>883</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>38992</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>889</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>890</x:v>
       </x:c>
@@ -28246,100 +28249,100 @@
       <x:c r="L480" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>889</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>890</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>891</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>596275</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C481" s="3" t="s"/>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>616118</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>892</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>889</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
         <x:v>890</x:v>
       </x:c>
@@ -28352,51 +28355,51 @@
       <x:c r="L482" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>893</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>894</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>895</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>595440</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>883</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
         <x:v>896</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>897</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
@@ -28406,51 +28409,51 @@
       <x:c r="L483" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>898</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>595443</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>883</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>889</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
         <x:v>890</x:v>
       </x:c>
@@ -28463,62 +28466,62 @@
       <x:c r="L484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>889</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>890</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>595442</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>883</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="C485" s="3" t="s"/>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
@@ -28559,103 +28562,103 @@
         <x:v>452</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s"/>
       <x:c r="K486" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>601891</x:v>
+        <x:v>601896</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>903</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>904</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>902</x:v>
       </x:c>
       <x:c r="C487" s="3" t="s"/>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>601896</x:v>
+        <x:v>601891</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>903</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>904</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>902</x:v>
       </x:c>
       <x:c r="C488" s="15" t="s"/>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
         <x:v>452</x:v>
@@ -29397,72 +29400,72 @@
         <x:v>459</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
         <x:v>602501</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>919</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>920</x:v>
       </x:c>
       <x:c r="C503" s="3" t="s"/>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
         <x:v>488934</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
         <x:v>919</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
         <x:v>921</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="C504" s="15" t="s"/>