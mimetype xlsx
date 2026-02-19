--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -314,65 +314,65 @@
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Epsa - Antenne Salon de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>BTS diététique bloc de compétence 6 bases physiopathologiques de la diététique</x:t>
   </x:si>
   <x:si>
     <x:t>Hippocratus</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Stéphane Auger Com - Fabrik Tête d'Affiche</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FREJUS</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bachelor diététique et nutrition</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Stéphane Auger Com - Fabrik Tête d'Affiche</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Institut Supérieur de Formation et de Préparation</x:t>
   </x:si>
   <x:si>
     <x:t>ISFP - HEM SANTE</x:t>
   </x:si>
   <x:si>
     <x:t>69008</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Supérieur de Formation et de Préparation - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
@@ -452,71 +452,71 @@
   <x:si>
     <x:t>07/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>BTS diététique et nutrition</x:t>
   </x:si>
   <x:si>
     <x:t>08/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS diététique bloc de compétence 5 bases scientifiques de la diététique</x:t>
+  </x:si>
+  <x:si>
     <x:t>Conseils en alimentation - Fertilité et grossesse - De la conception au post-partum</x:t>
   </x:si>
   <x:si>
     <x:t>Yoann Fonte</x:t>
   </x:si>
   <x:si>
     <x:t>06370</x:t>
   </x:si>
   <x:si>
     <x:t>Diététique</x:t>
   </x:si>
   <x:si>
     <x:t>MOUANS-SARTOUX</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre National d'Enseignement à Distance</x:t>
   </x:si>
   <x:si>
     <x:t>CNED</x:t>
   </x:si>
   <x:si>
     <x:t>86360</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>CHASSENEUIL-DU-POITOU</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sport 4.0</x:t>
   </x:si>
   <x:si>
     <x:t>84120</x:t>
@@ -527,59 +527,59 @@
   <x:si>
     <x:t>DESU micronutriments, compléments alimentaires et substituts nutritionnels à l'officine : conseils et développement</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DESU nutrition et santé</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/23/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS diététique - 1ère année</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/23/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller en Ayurveda</x:t>
   </x:si>
   <x:si>
     <x:t>Ojas</x:t>
   </x:si>
   <x:si>
     <x:t>83550</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller en naturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>Isupnat</x:t>
@@ -674,117 +674,117 @@
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maor Hateva</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LPO La Cadenelle</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
+    <x:t>09/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ÉRUDIS Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bachelor of Science en nutrition humaine ou sportive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École de diététique et nutrition humaine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole de diététique et nutrition humaine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée P de Girard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>bachelor chargé de projet en nutrition</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master of Science en nutrition humaine ou sportive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité génie biologique parcours diététique et nutrition</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Univ. de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE DE TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEM santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Sasserno</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Progress Santé</x:t>
+  </x:si>
+  <x:si>
     <x:t>LA TOUR-D'AIGUES</x:t>
-  </x:si>
-[...64 lines deleted...]
-    <x:t>Progress Santé</x:t>
   </x:si>
   <x:si>
     <x:t>BTS diététique - 2ème année</x:t>
   </x:si>
   <x:si>
     <x:t>Cours Diderot - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Sup Santé</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>Sup Santé- Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>IFP Cannes</x:t>
   </x:si>
@@ -2043,262 +2043,261 @@
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>540725</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>39153</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
-      <x:c r="E14" s="14" t="s"/>
+      <x:c r="E14" s="14" t="s">
+        <x:v>42</x:v>
+      </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>518899</x:v>
+        <x:v>498160</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>81</x:v>
-[...1 lines deleted...]
-      <x:c r="C15" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C15" s="3" t="n">
+        <x:v>39153</x:v>
+      </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
+      <x:c r="J15" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>519005</x:v>
+        <x:v>518899</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s"/>
       <x:c r="K16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>519006</x:v>
+        <x:v>519005</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>57</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
-      <x:c r="E17" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>84</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>498160</x:v>
+        <x:v>519006</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>40028</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>88</x:v>
@@ -3086,206 +3085,203 @@
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>553104</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>127</x:v>
-[...1 lines deleted...]
-      <x:c r="C33" s="3" t="s"/>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="C33" s="3" t="n">
+        <x:v>40028</x:v>
+      </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="J33" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>43440</x:v>
+        <x:v>43070</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>577543</x:v>
+        <x:v>572354</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>39153</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>570964</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>41</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
-      <x:c r="E35" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>53</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>43070</x:v>
+        <x:v>43440</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>549466</x:v>
+        <x:v>577543</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>40028</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
@@ -3297,108 +3293,111 @@
       <x:c r="L36" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>546677</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>40028</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
+      <x:c r="E37" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>572354</x:v>
+        <x:v>549466</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>39153</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
@@ -3410,51 +3409,51 @@
       <x:c r="L38" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>573433</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>40028</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -3467,51 +3466,51 @@
       <x:c r="L39" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>564628</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
@@ -3520,54 +3519,54 @@
       <x:c r="L40" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>572481</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>40028</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -3577,51 +3576,51 @@
       <x:c r="L41" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>587341</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
@@ -3632,51 +3631,51 @@
       <x:c r="L42" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>589572</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>40028</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -3689,51 +3688,51 @@
       <x:c r="L43" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>553011</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
@@ -3744,341 +3743,338 @@
       <x:c r="L44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>589594</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>39153</x:v>
+        <x:v>40028</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
+      <x:c r="E45" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>99</x:v>
-[...2 lines deleted...]
-        <x:v>100</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>554107</x:v>
+        <x:v>547272</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>40028</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
-      <x:c r="E46" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>95</x:v>
-[...1 lines deleted...]
-      <x:c r="H46" s="14" t="s"/>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H46" s="14" t="s">
+        <x:v>100</x:v>
+      </x:c>
       <x:c r="I46" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>547272</x:v>
+        <x:v>572172</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>40028</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>99</x:v>
-[...2 lines deleted...]
-        <x:v>100</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>572172</x:v>
+        <x:v>583435</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>40028</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>583435</x:v>
+        <x:v>583434</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>39153</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>554110</x:v>
+        <x:v>554107</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>40028</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4091,105 +4087,108 @@
       <x:c r="M50" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>598286</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>40028</x:v>
+        <x:v>39153</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H51" s="0" t="s">
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>583434</x:v>
+        <x:v>554110</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>39153</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4202,51 +4201,51 @@
       <x:c r="M52" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>548438</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
@@ -4304,51 +4303,51 @@
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>578422</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>66</x:v>
@@ -4437,51 +4436,51 @@
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>43440</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>598075</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
@@ -4539,51 +4538,51 @@
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>43440</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>598078</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
@@ -4962,262 +4961,259 @@
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>592242</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>41</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
-      <x:c r="E67" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>142</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>602153</x:v>
+        <x:v>615104</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
-        <x:v>187</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>40028</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>592237</x:v>
+        <x:v>614644</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>205</x:v>
-[...1 lines deleted...]
-      <x:c r="C69" s="3" t="s"/>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="C69" s="3" t="n">
+        <x:v>40028</x:v>
+      </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J69" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>43440</x:v>
+        <x:v>43070</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>597103</x:v>
+        <x:v>592235</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>43440</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>597127</x:v>
+        <x:v>595316</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>40028</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -5235,364 +5231,364 @@
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>603616</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>104</x:v>
-[...1 lines deleted...]
-      <x:c r="C72" s="15" t="s"/>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="C72" s="15" t="n">
+        <x:v>40028</x:v>
+      </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>59</x:v>
-[...1 lines deleted...]
-      <x:c r="J72" s="14" t="s"/>
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="J72" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K72" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>615104</x:v>
+        <x:v>592237</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>123</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>43070</x:v>
+        <x:v>43440</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>614644</x:v>
+        <x:v>597103</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>123</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>43070</x:v>
+        <x:v>43440</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>592235</x:v>
+        <x:v>597127</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>211</x:v>
-[...1 lines deleted...]
-      <x:c r="C75" s="3" t="s"/>
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="C75" s="3" t="n">
+        <x:v>35366</x:v>
+      </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="J75" s="0" t="s">
+        <x:v>215</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>43440</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>595316</x:v>
+        <x:v>596696</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
-        <x:v>35366</x:v>
+        <x:v>40028</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>43070</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>596696</x:v>
+        <x:v>592236</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>40028</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>592236</x:v>
+        <x:v>592241</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>40028</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
@@ -5605,164 +5601,167 @@
       <x:c r="K78" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>592241</x:v>
+        <x:v>592234</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>40028</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
+      <x:c r="E79" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>592234</x:v>
+        <x:v>603617</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>40028</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>603617</x:v>
+        <x:v>602153</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>39153</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -5781,51 +5780,51 @@
       <x:c r="M81" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>554112</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>40028</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
@@ -5879,51 +5878,51 @@
       <x:c r="G83" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>43070</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>592238</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
@@ -6208,51 +6207,51 @@
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>43440</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>598079</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>