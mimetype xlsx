--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -341,113 +341,113 @@
   <x:si>
     <x:t>Artisan , Demandeur d'emploi , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Mécanique cycle motocycle</x:t>
   </x:si>
   <x:si>
     <x:t>CARQUEIRANNE</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Avignon - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
+    <x:t>Conseiller technique cycles (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Nice Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
     <x:t>CAP Maintenance des matériels - option B matériels de construction et de manutention</x:t>
   </x:si>
   <x:si>
-    <x:t>Conseiller technique cycles (Apprentissage)</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Technicien expert après-vente motocycles (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>CAP maintenance nautique</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Jeune 16-25 ans , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/27/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Mécanicien cycles</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2026 00:00:00</x:t>
@@ -506,105 +506,105 @@
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
+    <x:t>LPTR de L'Estaque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP maintenance des matériels option B : matériels de construction et de manutention</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Galliéni Fréjus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FREJUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP J Dolle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP la Coudoulière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIX-FOURS-LES-PLAGES CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP G Poinso-Chapuis</x:t>
   </x:si>
   <x:si>
     <x:t>13272</x:t>
   </x:si>
   <x:si>
-    <x:t>Public de la formation initiale</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE CEDEX 08</x:t>
-  </x:si>
-[...40 lines deleted...]
-    <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>Akteap</x:t>
   </x:si>
   <x:si>
     <x:t>69300</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP J Moulin</x:t>
   </x:si>
   <x:si>
     <x:t>13110</x:t>
   </x:si>
   <x:si>
     <x:t>PORT-DE-BOUC</x:t>
   </x:si>
   <x:si>
     <x:t>LP A Beau de Rochas</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
@@ -2423,152 +2423,158 @@
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>552737</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>39330</x:v>
+        <x:v>37670</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
+      <x:c r="E23" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H23" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>21011</x:v>
+        <x:v>23602</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>558623</x:v>
+        <x:v>553216</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>36721</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H24" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="H24" s="14" t="s">
+      <x:c r="I24" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="I24" s="16" t="s">
+      <x:c r="J24" s="14" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>549593</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -2769,158 +2775,152 @@
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>558674</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>37670</x:v>
+        <x:v>39330</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
-      <x:c r="E29" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>53</x:v>
-[...2 lines deleted...]
-        <x:v>54</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>23602</x:v>
+        <x:v>21011</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>553216</x:v>
+        <x:v>558623</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>40854</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="H30" s="14" t="s">
+      <x:c r="I30" s="16" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>549627</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -3428,100 +3428,100 @@
       <x:c r="K40" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>617077</x:v>
+        <x:v>616828</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>616828</x:v>
+        <x:v>617077</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>81</x:v>
@@ -3536,154 +3536,154 @@
       <x:c r="M42" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>591333</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>591306</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37007</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G44" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>583830</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>81</x:v>
@@ -4314,333 +4314,329 @@
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>591322</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
-        <x:v>145</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>37670</x:v>
+        <x:v>39330</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
-      <x:c r="E58" s="14" t="s"/>
+      <x:c r="E58" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>146</x:v>
-[...1 lines deleted...]
-      <x:c r="H58" s="14" t="s"/>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H58" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>23602</x:v>
+        <x:v>21011</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="Q58" s="16" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="R58" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="S58" s="14" t="n">
+        <x:v>599640</x:v>
+      </x:c>
+      <x:c r="T58" s="16" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="U58" s="16" t="s">
         <x:v>146</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>39330</x:v>
+        <x:v>37670</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
-      <x:c r="E59" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>49</x:v>
-[...2 lines deleted...]
-        <x:v>50</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>21011</x:v>
+        <x:v>23602</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>599640</x:v>
+        <x:v>597098</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
-      <x:c r="E60" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>605949</x:v>
+        <x:v>595657</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>597099</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>597096</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -4653,226 +4649,229 @@
       <x:c r="L63" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>607561</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>597098</x:v>
+        <x:v>597100</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
+      <x:c r="E65" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>595657</x:v>
+        <x:v>605949</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>40854</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="H66" s="14" t="s">
+      <x:c r="I66" s="16" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>608809</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -4882,54 +4881,54 @@
       <x:c r="L67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>611628</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>55</x:v>
@@ -4943,108 +4942,108 @@
       <x:c r="L68" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>607562</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>558622</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
@@ -5056,54 +5055,54 @@
       <x:c r="L70" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>601994</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -5116,51 +5115,51 @@
       <x:c r="L71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>602147</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
@@ -5175,54 +5174,54 @@
       <x:c r="L72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>611625</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -5232,54 +5231,54 @@
       <x:c r="L73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>611627</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>55</x:v>
@@ -5293,165 +5292,165 @@
       <x:c r="L74" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>604179</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>597097</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>595658</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -5464,54 +5463,54 @@
       <x:c r="L77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>599639</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">