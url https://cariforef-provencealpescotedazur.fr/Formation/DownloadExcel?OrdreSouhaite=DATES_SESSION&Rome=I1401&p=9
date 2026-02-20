--- v0 (2026-02-19)
+++ v1 (2026-02-20)
@@ -293,71 +293,71 @@
   <x:si>
     <x:t>Cesi Association</x:t>
   </x:si>
   <x:si>
     <x:t>92800</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion réseau informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Assistant technique en Informatique - module 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kh Europe Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FREJUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel technicien d'assistance en informatique BC2 mettre en service des équipements numériques</x:t>
   </x:si>
   <x:si>
-    <x:t>Kh Europe Formation</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Simplon.co</x:t>
   </x:si>
   <x:si>
     <x:t>93100</x:t>
   </x:si>
   <x:si>
     <x:t>Simplon.co - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>M2i Scribtel - Scribtel Formation</x:t>
@@ -572,134 +572,134 @@
   <x:si>
     <x:t>07/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Studi</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>07/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel technicien informatique de proximité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aristée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA VALETTE-DU-VAR</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention informatique parcours mathématiques-informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Informatique - Systèmes d’information et numérique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre Professionnel Technicien supérieur systèmes et réseaux</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention informatique parcours métiers du développement informatique</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel technicien d'assistance en informatique (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel technicien informatique de proximité</x:t>
-[...38 lines deleted...]
-    <x:t>Titre Professionnel Technicien supérieur systèmes et réseaux</x:t>
+    <x:t>Licence mention informatique parcours informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation services numériques aux organisations (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Bureautique</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Les Palmiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ogec Lycée Sainte Marie</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>Solutys - Campus Privé</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention informatique parcours informatique</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Lycée Professionnel Régional Les Coteaux</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien informatique de proximité (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
@@ -710,68 +710,68 @@
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien informatique de proximité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel technicien supérieur systèmes et réseaux (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/26/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Technicien informatique de proximité</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien d'assistance en informatique (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel technicien supérieur systèmes et réseaux (Contrat de Professionnalisation)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Méditerranée Ordinateurs pour le Développement et l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>ROQUEBRUNE-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
@@ -902,59 +902,59 @@
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien valoriste du réemploi d’appareils informatiques</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion déchet</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Exploiter les éléments de l’infrastructure et assurer le support aux utilisateurs - Bloc de compétences du titre professionnel Technicien supérieur systèmes et réseaux</x:t>
   </x:si>
   <x:si>
-    <x:t>01/20/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>10/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Installer et maintenir des solutions VDI (Voix Données Image) - Bloc de compétences du titre professionnel Technicien réseaux IP</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
@@ -1058,137 +1058,137 @@
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation services numériques aux organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Les Côteaux</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention informatique</x:t>
   </x:si>
   <x:si>
+    <x:t>Avignon Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON UNIVERSITE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2029 00:00:00</x:t>
-[...14 lines deleted...]
-    <x:t>AVIGNON CEDEX 09</x:t>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUYNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention informatique parcours informatique générale (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Saint Jean de La Salle</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix-Marseille Université</x:t>
-[...14 lines deleted...]
-    <x:t>NICE CEDEX 2</x:t>
+    <x:t>M2i Skills</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M2i Skills - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Pertuis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PERTUIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
-    <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Pertuis</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>M2i Skills - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>CS - Certificat de spécialisation Services numériques aux organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Claret</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>84911</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
@@ -1259,54 +1259,54 @@
   <x:si>
     <x:t>08/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/04/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/19/2028 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>05/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
@@ -2254,142 +2254,141 @@
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>497987</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="C9" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="J9" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31051</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>542430</x:v>
+        <x:v>542261</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="C10" s="15" t="s"/>
+      <x:c r="C10" s="15" t="n">
+        <x:v>37681</x:v>
+      </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="J10" s="14" t="s"/>
+      <x:c r="J10" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
-        <x:v>31051</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>542261</x:v>
+        <x:v>542430</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -4030,860 +4029,861 @@
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>571364</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>37682</x:v>
+        <x:v>40799</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
-      <x:c r="E40" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>59</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>556079</x:v>
+        <x:v>583175</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>37682</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
-      <x:c r="E41" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="H41" s="0" t="s">
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>555060</x:v>
+        <x:v>574912</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>37681</x:v>
+        <x:v>31115</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
-      <x:c r="E42" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>549607</x:v>
+        <x:v>571293</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>40799</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="H43" s="0" t="s">
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="Q43" s="4" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="R43" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="S43" s="0" t="n">
+        <x:v>574913</x:v>
+      </x:c>
+      <x:c r="T43" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="Q43" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>40116</x:v>
+        <x:v>37682</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
-      <x:c r="E44" s="14" t="s"/>
+      <x:c r="E44" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="S44" s="14" t="n">
+        <x:v>556079</x:v>
+      </x:c>
+      <x:c r="T44" s="16" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="U44" s="16" t="s">
         <x:v>181</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>40116</x:v>
+        <x:v>37682</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
+      <x:c r="E45" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>175</x:v>
-[...2 lines deleted...]
-        <x:v>176</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>574913</x:v>
+        <x:v>555060</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>31115</x:v>
+        <x:v>37681</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
-      <x:c r="E46" s="14" t="s"/>
+      <x:c r="E46" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>571293</x:v>
+        <x:v>549607</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>35517</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
-      <x:c r="E47" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>15052</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>571053</x:v>
+        <x:v>574908</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>37681</x:v>
+        <x:v>35517</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>188</x:v>
-[...1 lines deleted...]
-      <x:c r="H48" s="14" t="s"/>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="H48" s="14" t="s">
+        <x:v>122</x:v>
+      </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>15052</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="Q48" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="Q48" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>557903</x:v>
+        <x:v>556496</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>40116</x:v>
+        <x:v>35517</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
+      <x:c r="E49" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>15052</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>574908</x:v>
+        <x:v>571053</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
-        <x:v>35517</x:v>
+        <x:v>37681</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>121</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>15052</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="Q50" s="16" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="R50" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="Q50" s="16" t="s">
+      <x:c r="S50" s="14" t="n">
+        <x:v>557903</x:v>
+      </x:c>
+      <x:c r="T50" s="16" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="U50" s="16" t="s">
         <x:v>194</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>37681</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>557904</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>35517</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>556497</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>583176</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>200</x:v>
@@ -4900,167 +4900,167 @@
       <x:c r="L54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>564559</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="P55" s="0" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="Q55" s="4" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>574909</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="P56" s="14" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="Q56" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="P56" s="14" t="s">
+      <x:c r="R56" s="14" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>181</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>574911</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -5084,51 +5084,51 @@
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>558374</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>37681</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -5153,81 +5153,81 @@
       <x:c r="S58" s="14" t="n">
         <x:v>558373</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>590305</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37681</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
@@ -5313,267 +5313,267 @@
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>539851</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>40799</x:v>
+        <x:v>37682</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>137</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>588080</x:v>
+        <x:v>571768</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>588023</x:v>
+        <x:v>588080</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>152</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>37681</x:v>
+        <x:v>40799</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>81</x:v>
-[...1 lines deleted...]
-      <x:c r="H64" s="14" t="s"/>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="H64" s="14" t="s">
+        <x:v>145</x:v>
+      </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>571767</x:v>
+        <x:v>588023</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>37682</x:v>
+        <x:v>37681</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>571768</x:v>
+        <x:v>571767</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>40864</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>66</x:v>
@@ -5602,51 +5602,51 @@
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>589898</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>116</x:v>
@@ -5724,51 +5724,51 @@
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>540446</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>31115</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
@@ -5781,91 +5781,91 @@
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>585556</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>37681</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>555197</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
@@ -5895,51 +5895,51 @@
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>539631</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>31115</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>29</x:v>
@@ -5952,51 +5952,51 @@
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>598125</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>24231</x:v>
@@ -6006,273 +6006,272 @@
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>600392</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>37682</x:v>
+        <x:v>35295</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>600394</x:v>
+        <x:v>540220</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>35295</x:v>
+        <x:v>31115</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>137</x:v>
-[...2 lines deleted...]
-        <x:v>138</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>540220</x:v>
+        <x:v>578111</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
-        <x:v>31115</x:v>
+        <x:v>37682</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>123</x:v>
-[...1 lines deleted...]
-      <x:c r="H76" s="14" t="s"/>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="H76" s="14" t="s">
+        <x:v>145</x:v>
+      </x:c>
       <x:c r="I76" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>578111</x:v>
+        <x:v>539859</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>539859</x:v>
+        <x:v>600394</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G78" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>90</x:v>
@@ -6297,51 +6296,51 @@
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>580570</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>116</x:v>
@@ -6421,51 +6420,51 @@
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>583977</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>116</x:v>
@@ -6595,162 +6594,162 @@
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>538039</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>598018</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>598016</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="G86" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
@@ -6767,51 +6766,51 @@
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>587593</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>28</x:v>
@@ -6946,91 +6945,91 @@
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>610277</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>607289</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -7472,51 +7471,51 @@
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>540442</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>133</x:v>
@@ -7529,51 +7528,51 @@
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>588024</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -7642,159 +7641,159 @@
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>607372</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>37682</x:v>
+        <x:v>35295</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>548143</x:v>
+        <x:v>550071</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="U102" s="16" t="s">
         <x:v>278</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>35295</x:v>
+        <x:v>37682</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>550071</x:v>
+        <x:v>548143</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
@@ -7806,108 +7805,108 @@
       <x:c r="L104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>547987</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>548003</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
@@ -7922,51 +7921,51 @@
       <x:c r="L106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>549943</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -7979,54 +7978,54 @@
       <x:c r="L107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>549942</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="U107" s="4" t="s">
         <x:v>278</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
@@ -8038,51 +8037,51 @@
       <x:c r="L108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>550072</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -8095,159 +8094,159 @@
       <x:c r="L109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>548127</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>587719</x:v>
+        <x:v>586890</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>586892</x:v>
+        <x:v>587719</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
@@ -8260,65 +8259,65 @@
       <x:c r="K112" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>586890</x:v>
+        <x:v>586892</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>116</x:v>
@@ -8394,51 +8393,51 @@
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>601738</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>116</x:v>
@@ -8457,51 +8456,51 @@
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>583854</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>44</x:v>
@@ -8524,95 +8523,95 @@
       <x:c r="S116" s="14" t="n">
         <x:v>601747</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>617346</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="G118" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
@@ -8686,51 +8685,51 @@
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>577375</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G120" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>116</x:v>
@@ -9104,51 +9103,51 @@
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>576758</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>133</x:v>
@@ -9161,51 +9160,51 @@
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>589742</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -9396,51 +9395,51 @@
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>583978</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -9455,51 +9454,51 @@
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>589769</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>133</x:v>
@@ -9573,51 +9572,51 @@
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>583979</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>28</x:v>
@@ -9744,51 +9743,51 @@
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>587716</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>29</x:v>
@@ -10147,159 +10146,159 @@
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>577376</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
-        <x:v>37681</x:v>
+        <x:v>37682</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>576759</x:v>
+        <x:v>576763</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
-        <x:v>37682</x:v>
+        <x:v>37681</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>576763</x:v>
+        <x:v>576759</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -10379,153 +10378,153 @@
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>549944</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>548144</x:v>
+        <x:v>548004</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>548004</x:v>
+        <x:v>548144</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
@@ -10807,684 +10806,685 @@
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>596239</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>592355</x:v>
+        <x:v>592356</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>592356</x:v>
+        <x:v>592355</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
-      <x:c r="E159" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>104</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="Q159" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="Q159" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>611489</x:v>
+        <x:v>592353</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>592353</x:v>
+        <x:v>592358</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
+      <x:c r="E161" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H161" s="0" t="s">
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>592358</x:v>
+        <x:v>611489</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
-        <x:v>323</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
-        <x:v>40116</x:v>
+        <x:v>37682</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
-      <x:c r="E162" s="14" t="s"/>
+      <x:c r="E162" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>592359</x:v>
+        <x:v>607736</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
-        <x:v>35517</x:v>
+        <x:v>37682</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
-        <x:v>15052</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>609835</x:v>
+        <x:v>602871</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
-        <x:v>37682</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
-      <x:c r="E164" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>199</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>352</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>602871</x:v>
+        <x:v>592359</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
-        <x:v>37682</x:v>
+        <x:v>35517</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H165" s="0" t="s">
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>15052</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>607736</x:v>
+        <x:v>609835</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>607735</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>357</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>592354</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
@@ -11496,123 +11496,123 @@
       <x:c r="G168" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>554033</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>35517</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>596240</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>201</x:v>
@@ -11629,213 +11629,213 @@
       <x:c r="M170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>602872</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>35517</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>608280</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>592351</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>592357</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
@@ -12040,51 +12040,51 @@
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>548148</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -12109,98 +12109,98 @@
       <x:c r="S178" s="14" t="n">
         <x:v>589744</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>598915</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -12222,146 +12222,146 @@
       <x:c r="R180" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>589770</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>37681</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>577373</x:v>
+        <x:v>576760</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>37681</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>576760</x:v>
+        <x:v>577373</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
@@ -12447,51 +12447,51 @@
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>550074</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>29</x:v>
@@ -12504,51 +12504,51 @@
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>548005</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -12795,51 +12795,51 @@
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>601247</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>24231</x:v>
@@ -12908,51 +12908,51 @@
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>604391</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>31115</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>24231</x:v>
@@ -13485,51 +13485,51 @@
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>577368</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>29</x:v>
@@ -13542,51 +13542,51 @@
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>577387</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -13717,51 +13717,51 @@
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>618206</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>133</x:v>
@@ -13949,51 +13949,51 @@
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>618037</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>133</x:v>
@@ -14354,51 +14354,51 @@
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>618208</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -14470,159 +14470,159 @@
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>618039</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
-        <x:v>40799</x:v>
+        <x:v>35295</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>618049</x:v>
+        <x:v>618033</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>35295</x:v>
+        <x:v>40799</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>618033</x:v>
+        <x:v>618049</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
@@ -14645,153 +14645,153 @@
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>618040</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
-        <x:v>40799</x:v>
+        <x:v>35295</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>618225</x:v>
+        <x:v>618209</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
-        <x:v>35295</x:v>
+        <x:v>40799</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>618209</x:v>
+        <x:v>618225</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
@@ -14818,102 +14818,102 @@
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>618215</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>618050</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -14926,51 +14926,51 @@
       <x:c r="M227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>618034</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
@@ -15050,269 +15050,269 @@
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>618041</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
-        <x:v>37682</x:v>
+        <x:v>35295</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>618216</x:v>
+        <x:v>618210</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>400</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>618226</x:v>
+        <x:v>618051</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
-        <x:v>35295</x:v>
+        <x:v>37682</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>618210</x:v>
+        <x:v>618216</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>618051</x:v>
+        <x:v>618226</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 