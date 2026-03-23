--- v3 (2026-03-23)
+++ v4 (2026-03-23)
@@ -413,80 +413,80 @@
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>BTS cybersécurité, informatique et réseaux, électronique option B électronique et réseaux (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Jules Ferry</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>BTS aéronautique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Construction aéronautique</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
+    <x:t>Campus International Riera</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campus Riera - Campus International Riera</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bac pro systèmes numériques option B audiovisuels, réseau et équipement domestiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Poutrain</x:t>
   </x:si>
   <x:si>
     <x:t>05260</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-JEAN-SAINT-NICOLAS</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2024 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>BAC PRO SN - Systèmes numériques - Option B Audiovisuels, réseau et équipement domestiques</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Riera - Campus International Riera - Antenne Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Aéronautique (à partir session d'examen 2026)</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Aristide Briand</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Vauvenargues</x:t>
@@ -641,74 +641,74 @@
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>BTS cybersécurité, informatique et réseaux, électronique option A informatique et réseaux (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Centre d'Etudes Européen Méditérranée</x:t>
   </x:si>
   <x:si>
     <x:t>CEEME</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Ogec Saint Jean de La Salle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
     <x:t>Technicien intégrateur des infrastructures et équipements connectés (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Installation électrique</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique - UFA Saint Henri</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
-    <x:t>84000</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Pertuis</x:t>
   </x:si>
   <x:si>
-    <x:t>Ogec Saint Jean de La Salle</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques pour les véhicules / engins automobile à motorisation électrique et énergie électrique embarquée - Norme NF C 18-550 : B2XL</x:t>
@@ -935,171 +935,210 @@
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Centre National d'Enseignement à Distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNED</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique , Demandeur d'emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHASSENEUIL-DU-POITOU</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation scolaire, universitaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>bac pro cybersécurité, informatique et réseaux, électronique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Charles de Gaulle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84405</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APT CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pôle Ecoles Méditerranée - Ecoles des apprentis de la Marine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/29/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation scolaire, universitaire</x:t>
+    <x:t>licence mention sciences pour la santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention électronique, énergie électrique, automatique</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
-    <x:t>Public de la formation initiale</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>NICE CEDEX 2</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2029 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée polyvalent Vauvenargues</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Les Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>06206</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
-    <x:t>bac pro cybersécurité, informatique et réseaux, électronique</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>LPO Saint-Éloi</x:t>
   </x:si>
   <x:si>
     <x:t>13626</x:t>
   </x:si>
   <x:si>
     <x:t>LPO St-Eloi</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent de la Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Adam de Craponne</x:t>
   </x:si>
   <x:si>
     <x:t>13651</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>Centre National d'Enseignement à Distance</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS mécatronique navale (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Mécanique navale</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Régional La Coudoulière</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée polyvalent Charles de Gaulle</x:t>
-[...5 lines deleted...]
-    <x:t>APT CEDEX</x:t>
+    <x:t>Univ. de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE DE TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Pierre Mendès-France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Marie-Madeleine Fourcade</x:t>
   </x:si>
   <x:si>
     <x:t>13120</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P de Girard</x:t>
   </x:si>
   <x:si>
     <x:t>84082</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>BTS cybersécurité, informatique et réseaux, électronique option B électronique et réseaux</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Alphonse Benoît</x:t>
   </x:si>
@@ -1116,89 +1155,50 @@
     <x:t>LPO Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ampère</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire technologie et sciences industrielles (TSI), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière Suzanne Lefort-Rouquette</x:t>
   </x:si>
   <x:si>
     <x:t>83070</x:t>
   </x:si>
   <x:si>
     <x:t>Télécommunication</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
-  </x:si>
-[...37 lines deleted...]
-    <x:t>VITROLLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>BTS mécatronique navale</x:t>
   </x:si>
   <x:si>
     <x:t>LP la Coudoulière</x:t>
   </x:si>
   <x:si>
     <x:t>83181</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LPO La Salle</x:t>
   </x:si>
   <x:si>
     <x:t>84008</x:t>
   </x:si>
@@ -3248,566 +3248,567 @@
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>501067</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>37706</x:v>
+        <x:v>35409</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>23613</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>500978</x:v>
+        <x:v>510674</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>37391</x:v>
+        <x:v>37706</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>23613</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>509351</x:v>
+        <x:v>500978</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>35409</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>510674</x:v>
+        <x:v>509351</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>37489</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>24252</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>494778</x:v>
+        <x:v>502395</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>502395</x:v>
+        <x:v>507187</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>37391</x:v>
+        <x:v>37489</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24252</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>507187</x:v>
+        <x:v>494778</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>26334</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
+      <x:c r="E27" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G27" s="0" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="I27" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="I27" s="4" t="s">
+      <x:c r="J27" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="K27" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="L27" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="M27" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N27" s="3" t="n">
+        <x:v>24231</x:v>
+      </x:c>
+      <x:c r="O27" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="P27" s="0" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="Q27" s="4" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="R27" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="S27" s="0" t="n">
+        <x:v>507188</x:v>
+      </x:c>
+      <x:c r="T27" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="J27" s="0" t="s">
-[...31 lines deleted...]
-      </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>37391</x:v>
+        <x:v>26334</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
-      <x:c r="E28" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24252</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="Q28" s="16" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="R28" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="Q28" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>507188</x:v>
+        <x:v>493606</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>507189</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>35341</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
@@ -3822,213 +3823,213 @@
       <x:c r="L30" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>507655</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>502396</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38576</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>523018</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>37706</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>492921</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
@@ -4130,132 +4131,132 @@
       <x:c r="T35" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>497023</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>498536</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
@@ -7504,616 +7505,616 @@
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>609462</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>37391</x:v>
+        <x:v>38576</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>168</x:v>
-[...1 lines deleted...]
-      <x:c r="H98" s="14" t="s"/>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H98" s="14" t="s">
+        <x:v>96</x:v>
+      </x:c>
       <x:c r="I98" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>23613</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>549730</x:v>
+        <x:v>550221</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>38576</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>95</x:v>
-[...2 lines deleted...]
-        <x:v>96</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>23613</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>550221</x:v>
+        <x:v>549730</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>39635</x:v>
+        <x:v>37569</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>24326</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="P100" s="14" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="Q100" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="P100" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>556905</x:v>
+        <x:v>556827</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>37391</x:v>
+        <x:v>39635</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H101" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>558736</x:v>
+        <x:v>556905</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>193</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>558865</x:v>
+        <x:v>558736</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>37569</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>24326</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>556827</x:v>
+        <x:v>558865</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38576</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>547555</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38576</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>541920</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>544708</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>549005</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>35341</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
@@ -10521,145 +10522,145 @@
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>591488</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>610382</x:v>
+        <x:v>610365</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>610365</x:v>
+        <x:v>610382</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>27</x:v>
@@ -11901,139 +11902,139 @@
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>607378</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
-        <x:v>24095</x:v>
+        <x:v>24340</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>623653</x:v>
+        <x:v>610378</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
-        <x:v>24340</x:v>
+        <x:v>24095</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>610378</x:v>
+        <x:v>623653</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>144</x:v>
@@ -13956,2115 +13957,2111 @@
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>619237</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
-      <x:c r="E222" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>605691</x:v>
+        <x:v>623839</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
-        <x:v>35341</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>608349</x:v>
+        <x:v>623842</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
-        <x:v>38975</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>65</x:v>
-[...1 lines deleted...]
-      <x:c r="H224" s="14" t="s"/>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="H224" s="14" t="s">
+        <x:v>289</x:v>
+      </x:c>
       <x:c r="I224" s="16" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="J224" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="K224" s="14" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="L224" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="M224" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="J224" s="14" t="s">
-[...2 lines deleted...]
-      <x:c r="K224" s="14" t="s">
+      <x:c r="N224" s="15" t="n">
+        <x:v>24231</x:v>
+      </x:c>
+      <x:c r="O224" s="14" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="P224" s="14" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="Q224" s="16" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="R224" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="L224" s="14" t="s">
-[...17 lines deleted...]
-      <x:c r="R224" s="14" t="s">
+      <x:c r="S224" s="14" t="n">
+        <x:v>623844</x:v>
+      </x:c>
+      <x:c r="T224" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="S224" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
-        <x:v>37391</x:v>
+        <x:v>38576</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>23613</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>596895</x:v>
+        <x:v>589718</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
-        <x:v>37391</x:v>
+        <x:v>37489</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24252</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>596898</x:v>
+        <x:v>597065</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>597044</x:v>
+        <x:v>616040</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
-        <x:v>37489</x:v>
+        <x:v>35341</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>305</x:v>
-[...1 lines deleted...]
-      <x:c r="H228" s="14" t="s"/>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H228" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="I228" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>24252</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>597056</x:v>
+        <x:v>608349</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
-        <x:v>37489</x:v>
+        <x:v>41277</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="I229" s="4" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="J229" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K229" s="0" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="L229" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="M229" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N229" s="3" t="n">
+        <x:v>43454</x:v>
+      </x:c>
+      <x:c r="O229" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="I229" s="4" t="s">
+      <x:c r="P229" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="J229" s="0" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>597057</x:v>
+        <x:v>606181</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
-        <x:v>37391</x:v>
+        <x:v>38975</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>311</x:v>
-[...1 lines deleted...]
-      <x:c r="H230" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H230" s="14" t="s"/>
+      <x:c r="I230" s="16" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="J230" s="14" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="K230" s="14" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="L230" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="M230" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N230" s="15" t="n">
+        <x:v>24054</x:v>
+      </x:c>
+      <x:c r="O230" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="P230" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="Q230" s="16" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="R230" s="14" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="S230" s="14" t="n">
+        <x:v>591930</x:v>
+      </x:c>
+      <x:c r="T230" s="16" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="U230" s="16" t="s">
         <x:v>312</x:v>
-      </x:c>
-[...37 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
-        <x:v>311</x:v>
-[...2 lines deleted...]
-        <x:v>312</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>623842</x:v>
+        <x:v>596895</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>311</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>623844</x:v>
+        <x:v>596898</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
-        <x:v>38576</x:v>
+        <x:v>37489</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>23613</x:v>
+        <x:v>24252</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>589718</x:v>
+        <x:v>597044</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>616040</x:v>
+        <x:v>597056</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>223</x:v>
-[...1 lines deleted...]
-      <x:c r="C235" s="3" t="s"/>
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="C235" s="3" t="n">
+        <x:v>37489</x:v>
+      </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="J235" s="0" t="s">
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>24340</x:v>
+        <x:v>24252</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>619242</x:v>
+        <x:v>597057</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
-        <x:v>36969</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>23610</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>614372</x:v>
+        <x:v>605691</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>111</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
-      <x:c r="E237" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>95</x:v>
-[...2 lines deleted...]
-        <x:v>96</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>97</x:v>
-[...2 lines deleted...]
-        <x:v>79</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
-        <x:v>23613</x:v>
+        <x:v>24340</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>605650</x:v>
+        <x:v>619242</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
-        <x:v>37489</x:v>
+        <x:v>35409</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
-      <x:c r="E238" s="14" t="s"/>
+      <x:c r="E238" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>326</x:v>
-[...1 lines deleted...]
-      <x:c r="H238" s="14" t="s"/>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H238" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="I238" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>24252</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>597065</x:v>
+        <x:v>603401</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
-        <x:v>35409</x:v>
+        <x:v>38576</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>23613</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>603401</x:v>
+        <x:v>605650</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
-        <x:v>37391</x:v>
+        <x:v>36969</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
-      <x:c r="E240" s="14" t="s"/>
+      <x:c r="E240" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>301</x:v>
-[...1 lines deleted...]
-      <x:c r="H240" s="14" t="s"/>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H240" s="14" t="s">
+        <x:v>96</x:v>
+      </x:c>
       <x:c r="I240" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>23610</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>596893</x:v>
+        <x:v>614372</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
-        <x:v>37391</x:v>
+        <x:v>35409</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>596896</x:v>
+        <x:v>596750</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
-        <x:v>37391</x:v>
+        <x:v>37489</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24252</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>596903</x:v>
+        <x:v>597066</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>596904</x:v>
+        <x:v>596893</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>596914</x:v>
+        <x:v>596896</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>596915</x:v>
+        <x:v>596903</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
-        <x:v>37569</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
-        <x:v>24326</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>596937</x:v>
+        <x:v>596904</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
-        <x:v>37489</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
-        <x:v>24252</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>597049</x:v>
+        <x:v>596914</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>343</x:v>
-[...1 lines deleted...]
-      <x:c r="C248" s="15" t="s"/>
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="C248" s="15" t="n">
+        <x:v>37391</x:v>
+      </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>345</x:v>
-[...1 lines deleted...]
-      <x:c r="J248" s="14" t="s"/>
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="J248" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="K248" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>592936</x:v>
+        <x:v>596915</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
-        <x:v>41277</x:v>
+        <x:v>37569</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
-        <x:v>43454</x:v>
+        <x:v>24326</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>606181</x:v>
+        <x:v>596937</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
-        <x:v>35409</x:v>
+        <x:v>37489</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
-        <x:v>357</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24252</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>596750</x:v>
+        <x:v>597049</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>300</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="I251" s="4" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="K251" s="0" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="L251" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="M251" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N251" s="3" t="n">
+        <x:v>24254</x:v>
+      </x:c>
+      <x:c r="O251" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="I251" s="4" t="s">
+      <x:c r="P251" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="J251" s="0" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>597066</x:v>
+        <x:v>592936</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C252" s="15" t="s"/>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s"/>
       <x:c r="K252" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>619227</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>35409</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>596749</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>35409</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>596751</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>36969</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>23610</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>596446</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>596899</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>596900</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>596920</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
@@ -16077,51 +16074,51 @@
       <x:c r="L259" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>602152</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
         <x:v>53</x:v>
@@ -16138,51 +16135,51 @@
       <x:c r="L260" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>609460</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>35409</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -16198,548 +16195,548 @@
       <x:c r="L261" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>602540</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>596905</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>596908</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>596916</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>596918</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>596919</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>597046</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>597050</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>597051</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>592938</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -16749,57 +16746,57 @@
       <x:c r="J271" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>614369</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>35409</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
         <x:v>40</x:v>
@@ -16816,437 +16813,437 @@
       <x:c r="L272" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>603818</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>597069</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>602809</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>619270</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>596897</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>596906</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>596910</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>596913</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
@@ -17263,429 +17260,429 @@
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>619440</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>597042</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>597045</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>597047</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>597052</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>597054</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>592937</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>605515</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
         <x:v>53</x:v>
@@ -17702,167 +17699,167 @@
       <x:c r="L288" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>609476</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>611312</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>611313</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>35409</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="E291" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -17878,666 +17875,666 @@
       <x:c r="L291" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>603402</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>35341</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>611967</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>623841</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>37570</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>23610</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>595217</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>596901</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>596907</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>596912</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>597055</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>597060</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>597063</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>597064</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>597070</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -18550,723 +18547,723 @@
       <x:c r="L303" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>611248</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>597041</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>597048</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>597058</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>597059</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>596894</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>596911</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>596917</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>35341</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>613005</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>38576</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>597370</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>597062</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>40807</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>31023</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>592791</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>38576</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="E315" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>602201</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s">
         <x:v>99</x:v>
@@ -19283,51 +19280,51 @@
       <x:c r="L316" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>608108</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -19337,57 +19334,57 @@
       <x:c r="J317" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>614573</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>37569</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s">
         <x:v>53</x:v>
@@ -19404,671 +19401,671 @@
       <x:c r="L318" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>24326</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>609469</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="E319" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>602808</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I320" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>623840</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>623843</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>612070</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>596902</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>596909</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>597061</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>597067</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>597068</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>597043</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>597053</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
@@ -20602,168 +20599,168 @@
       <x:c r="H340" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I340" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>24326</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>609586</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>601931</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>599403</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>143</x:v>
@@ -20813,51 +20810,51 @@
         <x:v>136</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>618895</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
@@ -21522,89 +21519,89 @@
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
         <x:v>619224</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>39635</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I358" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>609538</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>