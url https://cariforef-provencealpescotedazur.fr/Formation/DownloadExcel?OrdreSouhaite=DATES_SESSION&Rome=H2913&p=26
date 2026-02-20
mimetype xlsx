--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -293,89 +293,89 @@
   <x:si>
     <x:t>Apave Exploitation France</x:t>
   </x:si>
   <x:si>
     <x:t>92400</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>Soudage TIG</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Pratiquer le Soudage à l'Arc électrique avec Électrode Enrobée (SAEE-111) - Initiation - SDA001-A</x:t>
   </x:si>
   <x:si>
     <x:t>Soudage</x:t>
   </x:si>
   <x:si>
+    <x:t>Certificat de spécialisation technicien en soudage (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Polyvalent Pierre Mendes France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Certificat de spécialisation technicien en soudage (Apprentissage)</x:t>
-[...8 lines deleted...]
-    <x:t>VITROLLES</x:t>
+    <x:t>CS - Certificat de spécialisation Technicien en soudage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marignane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Louis Blériot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>Mention Complémentaire Technicien en Soudage</x:t>
   </x:si>
   <x:si>
-    <x:t>Marignane</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Lycée Polyvalent Jean Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>CS Certificat de Spécialisation Technicien en Soudage (Ex Mention Complémentaire)</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>TP Soudeur en tuyauterie industrielle + Habilitation GIES 1</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>Soudage électrode enrobée</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Soudeur TIG électrode enrobée</x:t>
@@ -632,50 +632,65 @@
   <x:si>
     <x:t xml:space="preserve">Souder à plat avec les procédés à l'Arc Electrode Enrobée et Tungstène Inert Gas des ensembles de tuyauterie - Bloc de compétences du titre professionnel Soudeur TIG électrode enrobée </x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation scolaire, universitaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>bac pro technicien en chaudronnerie industrielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP L Blériot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Assembler les éléments d'un ensemble métallique - Bloc de compétences du titre professionnel Soudeur assembleur industriel</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Souder des ensembles de tuyauterie à plat avec le procédé à l'Arc Electrode Enrobée et Tungstène Inerte Gaz - Bloc de compétences du titre professionnel Soudeur en tuyauterie industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>Souder des ensembles de tuyauterie en toutes positions avec les procédés à l'Arc Electrode Enrobée et Tungstène Inerte Gaz - Bloc de compétences du titre professionnel Soudeur en tuyauterie industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel soudeur assembleur industriel (Apprentissage)</x:t>
@@ -773,74 +788,68 @@
   <x:si>
     <x:t>Titre professionnel soudeur assembleur industriel - Habilitations GIES + ATEX + inox</x:t>
   </x:si>
   <x:si>
     <x:t>07/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel soudeur en tuyauterie industrielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée J Perrin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 10</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Pertuis</x:t>
   </x:si>
   <x:si>
     <x:t>84120</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>LP Argensol</x:t>
   </x:si>
   <x:si>
     <x:t>84106</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE Cedex</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Adam de Craponne</x:t>
   </x:si>
   <x:si>
     <x:t>13651</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
@@ -849,59 +858,50 @@
     <x:t>Certificat de spécialisation technicien en soudage</x:t>
   </x:si>
   <x:si>
     <x:t>LP L Martin Bret</x:t>
   </x:si>
   <x:si>
     <x:t>04101</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation La Seyne sur Mer</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83514</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>MARSEILLE CEDEX 10</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2026 00:00:00</x:t>
   </x:si>
@@ -1928,120 +1928,120 @@
       <x:c r="H8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>500963</x:v>
+        <x:v>500971</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>500971</x:v>
+        <x:v>500963</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>43</x:v>
@@ -2399,341 +2399,339 @@
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>562358</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>38311</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>550207</x:v>
+        <x:v>558742</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>38311</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>43</x:v>
-[...1 lines deleted...]
-      <x:c r="H18" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H18" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I18" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>23026</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="R18" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="S18" s="14" t="n">
+        <x:v>550208</x:v>
+      </x:c>
+      <x:c r="T18" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="R18" s="14" t="s">
+      <x:c r="U18" s="16" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
-      <x:c r="E19" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>550208</x:v>
+        <x:v>554810</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
-      <x:c r="E20" s="14" t="s"/>
+      <x:c r="E20" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>554810</x:v>
+        <x:v>550210</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>550210</x:v>
+        <x:v>550207</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
@@ -2745,51 +2743,51 @@
       <x:c r="L22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>547758</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -2805,457 +2803,457 @@
       <x:c r="L23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>550209</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38311</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>550281</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38311</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>544513</x:v>
+        <x:v>556581</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38311</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>547814</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38311</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>556581</x:v>
+        <x:v>544513</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
-      <x:c r="E28" s="14" t="s"/>
+      <x:c r="E28" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>43</x:v>
-[...1 lines deleted...]
-      <x:c r="H28" s="14" t="s"/>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="I28" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>540871</x:v>
+        <x:v>556768</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>556768</x:v>
+        <x:v>550206</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
-      <x:c r="E30" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>550206</x:v>
+        <x:v>540871</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38311</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -3853,153 +3851,153 @@
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>579935</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>40477</x:v>
+        <x:v>34738</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>579160</x:v>
+        <x:v>532269</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>34738</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>532269</x:v>
+        <x:v>579160</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
@@ -4267,209 +4265,209 @@
       <x:c r="R48" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>588078</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>585768</x:v>
+        <x:v>586066</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>571686</x:v>
+        <x:v>585768</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>40477</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>586066</x:v>
+        <x:v>571686</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
@@ -6541,144 +6539,144 @@
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>583906</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>547923</x:v>
+        <x:v>548063</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>548063</x:v>
+        <x:v>547923</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
@@ -6764,212 +6762,212 @@
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>604424</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>613828</x:v>
+        <x:v>579299</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>579299</x:v>
+        <x:v>579161</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>40477</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>579161</x:v>
+        <x:v>613828</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
@@ -7225,4536 +7223,4532 @@
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>570959</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
-        <x:v>49</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>103</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>604452</x:v>
+        <x:v>595770</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>604513</x:v>
+        <x:v>604452</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
-        <x:v>147</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>40477</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
-      <x:c r="E102" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>580702</x:v>
+        <x:v>604513</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
+      <x:c r="E103" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>604517</x:v>
+        <x:v>580702</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>147</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
-      <x:c r="E104" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>580720</x:v>
+        <x:v>604517</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>40037</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>598102</x:v>
+        <x:v>604506</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
-        <x:v>40477</x:v>
+        <x:v>34738</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>604506</x:v>
+        <x:v>576739</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
-        <x:v>34738</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
+      <x:c r="E107" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>577356</x:v>
+        <x:v>580720</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
-        <x:v>34738</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>576739</x:v>
+        <x:v>598102</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
-        <x:v>40477</x:v>
+        <x:v>34738</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>604445</x:v>
+        <x:v>577356</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>598098</x:v>
+        <x:v>604445</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>598065</x:v>
+        <x:v>598098</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>598069</x:v>
+        <x:v>598065</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>34738</x:v>
+        <x:v>38311</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>96</x:v>
-[...2 lines deleted...]
-        <x:v>97</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>577353</x:v>
+        <x:v>598117</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>34738</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>576742</x:v>
+        <x:v>598069</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>40477</x:v>
+        <x:v>34738</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>604510</x:v>
+        <x:v>577353</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
-        <x:v>40477</x:v>
+        <x:v>34738</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>604449</x:v>
+        <x:v>576742</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>604456</x:v>
+        <x:v>604510</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>589764</x:v>
+        <x:v>604449</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>40037</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>589738</x:v>
+        <x:v>604456</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>589739</x:v>
+        <x:v>589764</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>589765</x:v>
+        <x:v>589738</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
-      <x:c r="E122" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="R122" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="S122" s="14" t="n">
+        <x:v>589739</x:v>
+      </x:c>
+      <x:c r="T122" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="R122" s="14" t="s">
-[...5 lines deleted...]
-      <x:c r="T122" s="16" t="s">
+      <x:c r="U122" s="16" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="R123" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="S123" s="0" t="n">
+        <x:v>589765</x:v>
+      </x:c>
+      <x:c r="T123" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="R123" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="T123" s="4" t="s">
+      <x:c r="U123" s="4" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
-        <x:v>40477</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
-      <x:c r="E124" s="14" t="s"/>
+      <x:c r="E124" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>607365</x:v>
+        <x:v>617534</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>40477</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>607396</x:v>
+        <x:v>616366</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>613803</x:v>
+        <x:v>607365</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>613829</x:v>
+        <x:v>607396</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>589767</x:v>
+        <x:v>613803</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>589741</x:v>
+        <x:v>613829</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
-        <x:v>34738</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>548067</x:v>
+        <x:v>589767</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>34738</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>547927</x:v>
+        <x:v>589741</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>34738</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>548058</x:v>
+        <x:v>548067</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>34738</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>547918</x:v>
+        <x:v>547927</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>208</x:v>
-[...1 lines deleted...]
-      <x:c r="C134" s="15" t="s"/>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="C134" s="15" t="n">
+        <x:v>34502</x:v>
+      </x:c>
       <x:c r="D134" s="15" t="s"/>
-      <x:c r="E134" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E134" s="14" t="s"/>
+      <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="J134" s="14" t="s"/>
+      <x:c r="J134" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
       <x:c r="K134" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>23026</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>583907</x:v>
+        <x:v>548058</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
-        <x:v>40037</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
-      <x:c r="E135" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>612878</x:v>
+        <x:v>547918</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="U135" s="4" t="s">
         <x:v>212</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>166</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
-      <x:c r="E136" s="14" t="s"/>
-      <x:c r="F136" s="14" t="s"/>
+      <x:c r="E136" s="14" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="F136" s="14" t="s">
+        <x:v>126</x:v>
+      </x:c>
       <x:c r="G136" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="J136" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>548061</x:v>
+        <x:v>583907</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="U136" s="16" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
+      <x:c r="E137" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="F137" s="0" t="s">
+        <x:v>112</x:v>
+      </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>547921</x:v>
+        <x:v>612878</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>34738</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>548064</x:v>
+        <x:v>548061</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>34738</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>547924</x:v>
+        <x:v>547921</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>34738</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>598067</x:v>
+        <x:v>548064</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>34738</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>604514</x:v>
+        <x:v>547924</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>604453</x:v>
+        <x:v>598067</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>40477</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>604504</x:v>
+        <x:v>604514</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>598100</x:v>
+        <x:v>604453</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>598094</x:v>
+        <x:v>598100</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>598061</x:v>
+        <x:v>598094</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>604443</x:v>
+        <x:v>604504</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>110</x:v>
-[...1 lines deleted...]
-      <x:c r="C148" s="15" t="s"/>
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="C148" s="15" t="n">
+        <x:v>40037</x:v>
+      </x:c>
       <x:c r="D148" s="15" t="s"/>
-      <x:c r="E148" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E148" s="14" t="s"/>
+      <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
-        <x:v>115</x:v>
-[...1 lines deleted...]
-      <x:c r="J148" s="14" t="s"/>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="J148" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
       <x:c r="K148" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
-        <x:v>23026</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>614736</x:v>
+        <x:v>598061</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>40037</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
-      <x:c r="E149" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>580721</x:v>
+        <x:v>604443</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
-        <x:v>147</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>148</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="F150" s="14" t="s"/>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="F150" s="14" t="s">
+        <x:v>112</x:v>
+      </x:c>
       <x:c r="G150" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
-        <x:v>98</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
-        <x:v>23004</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>580703</x:v>
+        <x:v>614736</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>220</x:v>
-[...1 lines deleted...]
-      <x:c r="C151" s="3" t="s"/>
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="C151" s="3" t="n">
+        <x:v>40037</x:v>
+      </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
-        <x:v>125</x:v>
-[...2 lines deleted...]
-        <x:v>126</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
+      <x:c r="J151" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
-        <x:v>23026</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>583904</x:v>
+        <x:v>580721</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
-        <x:v>49</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
-      <x:c r="E152" s="14" t="s"/>
+      <x:c r="E152" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>604507</x:v>
+        <x:v>580703</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>192</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
+      <x:c r="E153" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="F153" s="0" t="s">
+        <x:v>126</x:v>
+      </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="J153" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>604450</x:v>
+        <x:v>583904</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
-        <x:v>34738</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>547928</x:v>
+        <x:v>604507</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
-        <x:v>40037</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>598070</x:v>
+        <x:v>604450</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>34738</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>598095</x:v>
+        <x:v>547928</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>598103</x:v>
+        <x:v>598070</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>34738</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>548068</x:v>
+        <x:v>604511</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>40477</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>604511</x:v>
+        <x:v>598062</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>40477</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>604446</x:v>
+        <x:v>598095</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>598062</x:v>
+        <x:v>598103</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>34738</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>547919</x:v>
+        <x:v>548068</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>548059</x:v>
+        <x:v>604446</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
-      <x:c r="E164" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E164" s="14" t="s"/>
+      <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>139</x:v>
-[...1 lines deleted...]
-      <x:c r="H164" s="14" t="s"/>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H164" s="14" t="s">
+        <x:v>104</x:v>
+      </x:c>
       <x:c r="I164" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>583756</x:v>
+        <x:v>547919</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>548062</x:v>
+        <x:v>548059</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="U165" s="4" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
-      <x:c r="E166" s="14" t="s"/>
-      <x:c r="F166" s="14" t="s"/>
+      <x:c r="E166" s="14" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="F166" s="14" t="s">
+        <x:v>126</x:v>
+      </x:c>
       <x:c r="G166" s="14" t="s">
-        <x:v>103</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>547922</x:v>
+        <x:v>583756</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>40037</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>609939</x:v>
+        <x:v>548062</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>566315</x:v>
+        <x:v>547922</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>566372</x:v>
+        <x:v>609939</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>610106</x:v>
+        <x:v>566315</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>34738</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>547925</x:v>
+        <x:v>566372</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>34738</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>548065</x:v>
+        <x:v>610106</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>40477</x:v>
+        <x:v>34738</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
-      <x:c r="E173" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>602860</x:v>
+        <x:v>547925</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>34738</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
-      <x:c r="E174" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>604331</x:v>
+        <x:v>548065</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
-        <x:v>40477</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>605741</x:v>
+        <x:v>604331</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
-        <x:v>38311</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
-      <x:c r="E176" s="14" t="s"/>
+      <x:c r="E176" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>43</x:v>
-[...1 lines deleted...]
-      <x:c r="H176" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H176" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I176" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
-        <x:v>23026</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>598117</x:v>
+        <x:v>605741</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -11770,54 +11764,54 @@
       <x:c r="L177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>605642</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>26</x:v>
@@ -11831,1080 +11825,1080 @@
       <x:c r="L178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>605643</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="I179" s="4" t="s">
         <x:v>240</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="Q179" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="Q179" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>595770</x:v>
+        <x:v>595772</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>605641</x:v>
+        <x:v>602860</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
-        <x:v>40477</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>602861</x:v>
+        <x:v>605641</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B182" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="B182" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C182" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
-      <x:c r="E182" s="14" t="s"/>
+      <x:c r="E182" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>245</x:v>
-[...1 lines deleted...]
-      <x:c r="H182" s="14" t="s"/>
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="H182" s="14" t="s">
+        <x:v>162</x:v>
+      </x:c>
       <x:c r="I182" s="16" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="J182" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="K182" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="L182" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="M182" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N182" s="15" t="n">
+        <x:v>23004</x:v>
+      </x:c>
+      <x:c r="O182" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="P182" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="J182" s="14" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>595768</x:v>
+        <x:v>602861</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>595771</x:v>
+        <x:v>595768</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
-        <x:v>238</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
-      <x:c r="G184" s="14" t="s"/>
+      <x:c r="G184" s="14" t="s">
+        <x:v>251</x:v>
+      </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="P184" s="14" t="s"/>
+      <x:c r="P184" s="14" t="s">
+        <x:v>251</x:v>
+      </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>616024</x:v>
+        <x:v>595771</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
-      <x:c r="G185" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="P185" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>585525</x:v>
+        <x:v>616024</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
-        <x:v>238</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
-        <x:v>38311</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>252</x:v>
-[...1 lines deleted...]
-      <x:c r="H186" s="14" t="s"/>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H186" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="I186" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>23026</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>594226</x:v>
+        <x:v>585525</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
-        <x:v>40477</x:v>
+        <x:v>38311</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
-      <x:c r="E187" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>210</x:v>
-[...1 lines deleted...]
-      <x:c r="H187" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="Q187" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="Q187" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>604198</x:v>
+        <x:v>594226</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>605644</x:v>
+        <x:v>604198</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>605645</x:v>
+        <x:v>605644</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
-        <x:v>38311</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
-      <x:c r="E190" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
-        <x:v>23026</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>605712</x:v>
+        <x:v>595769</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>38311</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>602275</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
-        <x:v>238</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
-      <x:c r="E192" s="14" t="s"/>
+      <x:c r="E192" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>595769</x:v>
+        <x:v>604350</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>595772</x:v>
+        <x:v>581434</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
-      <x:c r="E194" s="14" t="s"/>
+      <x:c r="E194" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>43</x:v>
-[...1 lines deleted...]
-      <x:c r="H194" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H194" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I194" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>581434</x:v>
+        <x:v>605645</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>38311</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H195" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>604350</x:v>
+        <x:v>605712</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>617535</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
@@ -13001,216 +12995,216 @@
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>591828</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>610937</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>604454</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>604515</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -13223,51 +13217,51 @@
       <x:c r="M202" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>588513</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -13280,51 +13274,51 @@
       <x:c r="M203" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>604611</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
@@ -13636,51 +13630,51 @@
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>579300</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -13695,51 +13689,51 @@
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>604512</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>30</x:v>
@@ -13752,51 +13746,51 @@
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>604451</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -13868,51 +13862,51 @@
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>598064</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -13984,96 +13978,96 @@
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>576740</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
-        <x:v>34738</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>576743</x:v>
+        <x:v>598097</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
@@ -14100,96 +14094,96 @@
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>575522</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>34738</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>598097</x:v>
+        <x:v>576743</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
@@ -14332,51 +14326,51 @@
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>577354</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -14391,51 +14385,51 @@
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>615558</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>30</x:v>
@@ -14569,51 +14563,51 @@
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>606567</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -14628,51 +14622,51 @@
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>604457</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>30</x:v>
@@ -14744,51 +14738,51 @@
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>618042</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>30</x:v>
@@ -14917,51 +14911,51 @@
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>618220</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -15381,51 +15375,51 @@
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>618221</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -15440,159 +15434,159 @@
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>618229</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
-        <x:v>40037</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>618043</x:v>
+        <x:v>618054</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
-        <x:v>40477</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>618054</x:v>
+        <x:v>618043</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -15788,51 +15782,51 @@
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>618044</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>30</x:v>
@@ -15961,51 +15955,51 @@
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>618219</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I250" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>29</x:v>
       </x:c>