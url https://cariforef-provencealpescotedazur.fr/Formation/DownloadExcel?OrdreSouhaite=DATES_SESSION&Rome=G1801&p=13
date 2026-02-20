--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -5757,811 +5757,813 @@
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>552856</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>37379</x:v>
+        <x:v>39345</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
+      <x:c r="E71" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>557465</x:v>
+        <x:v>599324</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>57</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>565332</x:v>
+        <x:v>570011</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>40096</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H73" s="0" t="s">
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>570011</x:v>
+        <x:v>570577</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>570577</x:v>
+        <x:v>552802</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>39345</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>599324</x:v>
+        <x:v>565332</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
-        <x:v>40096</x:v>
+        <x:v>37379</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
-      <x:c r="E76" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>565336</x:v>
+        <x:v>557465</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>38424</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>567817</x:v>
+        <x:v>565336</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>553258</x:v>
+        <x:v>567817</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H79" s="0" t="s">
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>553831</x:v>
+        <x:v>553258</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
-      <x:c r="E80" s="14" t="s"/>
+      <x:c r="E80" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>572132</x:v>
+        <x:v>553831</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>572138</x:v>
+        <x:v>572132</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>39345</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
-      <x:c r="E82" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>554310</x:v>
+        <x:v>572138</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>38424</x:v>
+        <x:v>39345</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-        <x:v>58</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>552802</x:v>
+        <x:v>554310</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
@@ -12571,1029 +12573,1030 @@
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>597411</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
-        <x:v>40096</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
-      <x:c r="E190" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>57</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>604110</x:v>
+        <x:v>597404</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
-      <x:c r="E191" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>38</x:v>
-[...2 lines deleted...]
-        <x:v>39</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>604288</x:v>
+        <x:v>597409</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
-        <x:v>38424</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
-      <x:c r="E192" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>609375</x:v>
+        <x:v>606244</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>566279</x:v>
+        <x:v>566278</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
-        <x:v>40096</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
-      <x:c r="E194" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>64</x:v>
-[...1 lines deleted...]
-      <x:c r="H194" s="14" t="s"/>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="H194" s="14" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="I194" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>607982</x:v>
+        <x:v>572141</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
+      <x:c r="E195" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H195" s="0" t="s">
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>592265</x:v>
+        <x:v>604110</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
-        <x:v>40096</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>309</x:v>
-[...1 lines deleted...]
-      <x:c r="H196" s="14" t="s"/>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H196" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
       <x:c r="I196" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>609976</x:v>
+        <x:v>604288</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>604729</x:v>
+        <x:v>609375</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
-        <x:v>38424</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
-      <x:c r="E198" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>608152</x:v>
+        <x:v>566279</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
-        <x:v>38424</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>92</x:v>
-[...2 lines deleted...]
-        <x:v>93</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>600349</x:v>
+        <x:v>607982</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
-        <x:v>38424</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>597404</x:v>
+        <x:v>592265</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>597409</x:v>
+        <x:v>615239</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>122</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>606244</x:v>
+        <x:v>609455</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
+      <x:c r="E203" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>122</x:v>
-[...2 lines deleted...]
-        <x:v>123</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>566278</x:v>
+        <x:v>609976</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
-      <x:c r="E204" s="14" t="s"/>
+      <x:c r="E204" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>572141</x:v>
+        <x:v>604729</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
+      <x:c r="E205" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="H205" s="0" t="s">
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>615239</x:v>
+        <x:v>608152</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
-        <x:v>40096</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
-      <x:c r="E206" s="14" t="s"/>
+      <x:c r="E206" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>309</x:v>
-[...1 lines deleted...]
-      <x:c r="H206" s="14" t="s"/>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="H206" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="I206" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>609455</x:v>
+        <x:v>600349</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>107</x:v>
       </x:c>