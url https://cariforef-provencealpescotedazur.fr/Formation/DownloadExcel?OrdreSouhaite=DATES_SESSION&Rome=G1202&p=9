--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -281,77 +281,77 @@
   <x:si>
     <x:t>06601</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Aix Valabre - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
+    <x:t>Diderot Education - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diderot Education - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bac pro services aux personnes et aux territoires (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale de Puyloubier</x:t>
   </x:si>
   <x:si>
     <x:t>13114</x:t>
   </x:si>
   <x:si>
     <x:t>PUYLOUBIER</x:t>
   </x:si>
   <x:si>
-    <x:t>Diderot Education - Antenne Marseille</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>11/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel responsable d'espace de médiation numérique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Médiation numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions - Antenne Bouc Bel Air</x:t>
   </x:si>
   <x:si>
     <x:t>13320</x:t>
   </x:si>
   <x:si>
     <x:t>BOUC-BEL-AIR</x:t>
@@ -584,65 +584,65 @@
   <x:si>
     <x:t>Licence mention lettres parcours lettres modernes</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention encadrement éducatif parcours conseiller principal d'éducation</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation examen concours fonction publique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut National Supérieur du Professorat et de l'Education</x:t>
   </x:si>
   <x:si>
     <x:t>13004</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention lettres parcours double licence droit-lettres</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention encadrement éducatif</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention lettres parcours lettres et écriture</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention lettres parcours lettres et livre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention protection et valorisation du patrimoine historique et culturel parcours conservation et restauration du patrimoine bâti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Politique culturelle</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention création littéraire parcours création littéraire, recherche et nouvelles formes de narration</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention lettres parcours lettres et écriture</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Maison Familiale et Rurale d'Education et d'Orientation de Bléone Durance - CFA Régional des Maisons Familiales et Rurales Paca</x:t>
   </x:si>
   <x:si>
     <x:t>04160</x:t>
   </x:si>
   <x:si>
     <x:t>CHATEAU-ARNOUX</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA gestion et protection de la nature (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée d'Enseignement Général et Technologique Agricole Aix Valabre</x:t>
   </x:si>
   <x:si>
     <x:t>LEGTA</x:t>
   </x:si>
   <x:si>
     <x:t>13120</x:t>
@@ -803,56 +803,56 @@
   <x:si>
     <x:t>Alternance Exxecc</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Espace Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
+    <x:t>07/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/16/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BPJEPS spécialité animateur mention animation socio-éducative ou culturelle (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BPJEPS spécialité animateur mention animation socio-éducative ou culturelle (préparation également possible par Bloc(s) de compétences) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Ligue de l'Enseignement - Fédération des Oeuvres Laïques des Alpes de Haute Provence</x:t>
   </x:si>
   <x:si>
     <x:t>FOL 04</x:t>
@@ -1559,153 +1559,153 @@
   <x:si>
     <x:t>Lycée polyvalent René Char</x:t>
   </x:si>
   <x:si>
     <x:t>84033</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>LP Les Fauvettes</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>Ligue de l'enseignement 83 - FOL 83</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Vert d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité carrières sociales parcours animation sociale et socioculturelle</x:t>
+  </x:si>
+  <x:si>
     <x:t>licence pro mention protection et valorisation du patrimoine historique et culturel</x:t>
   </x:si>
   <x:si>
+    <x:t>Akteap</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Privé Provence Verte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention théâtre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Art spectacle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence mention musicologie</x:t>
+  </x:si>
+  <x:si>
     <x:t>LA d'Aix-Valabre</x:t>
   </x:si>
   <x:si>
     <x:t>13548</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Agricampus</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LPA les Alpilles</x:t>
   </x:si>
   <x:si>
     <x:t>13210</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-REMY-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>MFR de Puyloubier</x:t>
   </x:si>
   <x:si>
-    <x:t>Akteap</x:t>
-[...11 lines deleted...]
-    <x:t>Art spectacle</x:t>
+    <x:t>LP Sévigné</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP L Blum</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83011</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel et Technologique LES CHENES</x:t>
   </x:si>
   <x:si>
     <x:t>Les Francas - Union régionale PACA</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ch Mongrand</x:t>
   </x:si>
   <x:si>
     <x:t>13110</x:t>
   </x:si>
   <x:si>
     <x:t>PORT-DE-BOUC</x:t>
   </x:si>
   <x:si>
     <x:t>LPO M Gasquet</x:t>
   </x:si>
   <x:si>
     <x:t>LP la Viste</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
-  </x:si>
-[...31 lines deleted...]
-    <x:t>83011</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
@@ -2793,280 +2793,280 @@
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>496469</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
-        <x:v>36788</x:v>
+        <x:v>38351</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>71</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
-        <x:v>44054</x:v>
+        <x:v>12510</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="Q10" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="Q10" s="16" t="s">
+      <x:c r="R10" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="R10" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>497797</x:v>
+        <x:v>497058</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>61</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>496465</x:v>
+        <x:v>497059</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>49</x:v>
-[...1 lines deleted...]
-      <x:c r="H12" s="14" t="s"/>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="H12" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I12" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>497058</x:v>
+        <x:v>496465</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>38351</x:v>
+        <x:v>36788</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H13" s="0" t="s">
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>12510</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="Q13" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="Q13" s="4" t="s">
+      <x:c r="R13" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="R13" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>497059</x:v>
+        <x:v>497797</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>15674</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -3329,75 +3329,75 @@
       <x:c r="T18" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>37427</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>566100</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>39181</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
@@ -3446,51 +3446,51 @@
       <x:c r="U20" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
@@ -4046,54 +4046,54 @@
       <x:c r="G31" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>553023</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
@@ -4953,91 +4953,91 @@
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>575729</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>39463</x:v>
+        <x:v>40114</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>575527</x:v>
+        <x:v>575726</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
@@ -5052,224 +5052,224 @@
       <x:c r="K48" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>575726</x:v>
+        <x:v>575727</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>40114</x:v>
+        <x:v>40443</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>13096</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>575727</x:v>
+        <x:v>575773</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
-        <x:v>40443</x:v>
+        <x:v>39463</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>13096</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>575773</x:v>
+        <x:v>575527</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>545542</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5965,51 +5965,51 @@
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
@@ -6668,51 +6668,51 @@
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
@@ -6766,162 +6766,160 @@
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>553509</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="F78" s="14" t="s"/>
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="F78" s="14" t="s">
+        <x:v>189</x:v>
+      </x:c>
       <x:c r="G78" s="14" t="s">
-        <x:v>241</x:v>
-[...1 lines deleted...]
-      <x:c r="H78" s="14" t="s"/>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="H78" s="14" t="s">
+        <x:v>215</x:v>
+      </x:c>
       <x:c r="I78" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>571696</x:v>
+        <x:v>583698</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
-        <x:v>188</x:v>
-[...2 lines deleted...]
-        <x:v>189</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>214</x:v>
-[...2 lines deleted...]
-        <x:v>215</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>583698</x:v>
+        <x:v>571696</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
@@ -7554,51 +7552,51 @@
       <x:c r="U90" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
@@ -7615,234 +7613,235 @@
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>573065</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="F93" s="0" t="s">
+        <x:v>189</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>573068</x:v>
+        <x:v>583689</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
-        <x:v>188</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>583689</x:v>
+        <x:v>573068</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
@@ -8351,51 +8350,51 @@
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
@@ -8411,51 +8410,51 @@
       <x:c r="U104" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
@@ -9408,156 +9407,156 @@
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>581995</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>226</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>586358</x:v>
+        <x:v>586356</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>586356</x:v>
+        <x:v>586358</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>318</x:v>
@@ -11194,162 +11193,160 @@
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>583586</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="F152" s="14" t="s"/>
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="F152" s="14" t="s">
+        <x:v>189</x:v>
+      </x:c>
       <x:c r="G152" s="14" t="s">
-        <x:v>318</x:v>
-[...1 lines deleted...]
-      <x:c r="H152" s="14" t="s"/>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="H152" s="14" t="s">
+        <x:v>263</x:v>
+      </x:c>
       <x:c r="I152" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>602030</x:v>
+        <x:v>583566</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
-        <x:v>188</x:v>
-[...2 lines deleted...]
-        <x:v>189</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>111</x:v>
-[...2 lines deleted...]
-        <x:v>263</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>583566</x:v>
+        <x:v>602030</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
@@ -12979,75 +12976,75 @@
       <x:c r="S182" s="14" t="n">
         <x:v>592378</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>594090</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>35972</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
@@ -13534,75 +13531,75 @@
       <x:c r="S192" s="14" t="n">
         <x:v>595434</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>597133</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>38154</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
@@ -14113,1631 +14110,1628 @@
       <x:c r="G203" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>605567</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
-        <x:v>40443</x:v>
+        <x:v>36788</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>435</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
-        <x:v>13096</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>435</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>592542</x:v>
+        <x:v>596615</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
-        <x:v>39926</x:v>
+        <x:v>35512</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
-        <x:v>15436</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>592340</x:v>
+        <x:v>596689</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
-        <x:v>398</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
-        <x:v>36788</x:v>
+        <x:v>35512</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
-      <x:c r="E206" s="14" t="s"/>
+      <x:c r="E206" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>497</x:v>
-[...1 lines deleted...]
-      <x:c r="H206" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H206" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I206" s="16" t="s">
-        <x:v>498</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>44054</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>498</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>499</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>596623</x:v>
+        <x:v>603393</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>406</x:v>
+        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
-        <x:v>36788</x:v>
+        <x:v>40443</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>44054</x:v>
+        <x:v>13096</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>596624</x:v>
+        <x:v>592541</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
-        <x:v>398</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
-      <x:c r="E208" s="14" t="s"/>
+      <x:c r="E208" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>504</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>504</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>596627</x:v>
+        <x:v>611638</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>406</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
-        <x:v>36788</x:v>
+        <x:v>39264</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
-        <x:v>44054</x:v>
+        <x:v>45004</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="Q209" s="4" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="R209" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
-      <x:c r="Q209" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>596628</x:v>
+        <x:v>592074</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
-        <x:v>36788</x:v>
+        <x:v>39926</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
-      <x:c r="E210" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
-        <x:v>508</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
-        <x:v>44054</x:v>
+        <x:v>15436</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>611639</x:v>
+        <x:v>592342</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
-        <x:v>38351</x:v>
+        <x:v>40114</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
-        <x:v>12510</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>597132</x:v>
+        <x:v>592381</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>510</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
-        <x:v>39264</x:v>
+        <x:v>40462</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
-        <x:v>45004</x:v>
+        <x:v>14216</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>592075</x:v>
+        <x:v>592524</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
-        <x:v>38351</x:v>
+        <x:v>40443</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
-        <x:v>12510</x:v>
+        <x:v>13096</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>614645</x:v>
+        <x:v>592542</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
-        <x:v>39926</x:v>
+        <x:v>39264</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>15436</x:v>
+        <x:v>45004</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>592343</x:v>
+        <x:v>592075</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
-        <x:v>39926</x:v>
+        <x:v>38351</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
-        <x:v>15436</x:v>
+        <x:v>12510</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>592345</x:v>
+        <x:v>597132</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
-        <x:v>41187</x:v>
+        <x:v>36788</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>515</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>44067</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>515</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>594092</x:v>
+        <x:v>596623</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
-        <x:v>41187</x:v>
+        <x:v>36788</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>44067</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>594097</x:v>
+        <x:v>596624</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>41187</x:v>
+        <x:v>36788</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>519</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
-        <x:v>44067</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>519</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>594100</x:v>
+        <x:v>596627</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>596615</x:v>
+        <x:v>596628</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>523</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
-        <x:v>35512</x:v>
+        <x:v>40114</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
-        <x:v>44035</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>596689</x:v>
+        <x:v>592379</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>35512</x:v>
+        <x:v>40462</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
-      <x:c r="E221" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
-        <x:v>44035</x:v>
+        <x:v>14216</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>603393</x:v>
+        <x:v>592525</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>495</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
-        <x:v>40443</x:v>
+        <x:v>41187</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>435</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
-        <x:v>13096</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>435</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>592541</x:v>
+        <x:v>594089</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
-        <x:v>36788</x:v>
+        <x:v>41187</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
-      <x:c r="E223" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
-        <x:v>44054</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>611638</x:v>
+        <x:v>594103</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
-        <x:v>398</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>510</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
-        <x:v>39264</x:v>
+        <x:v>36788</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
-      <x:c r="E224" s="14" t="s"/>
+      <x:c r="E224" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>45004</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>592074</x:v>
+        <x:v>611639</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
-        <x:v>39926</x:v>
+        <x:v>38351</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
-        <x:v>15436</x:v>
+        <x:v>12510</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>592342</x:v>
+        <x:v>614645</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
-        <x:v>40114</x:v>
+        <x:v>39926</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>15436</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>592381</x:v>
+        <x:v>592343</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>406</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
-        <x:v>40462</x:v>
+        <x:v>39926</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
-        <x:v>14216</x:v>
+        <x:v>15436</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>592524</x:v>
+        <x:v>592345</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
-        <x:v>40114</x:v>
+        <x:v>41187</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>435</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>435</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>592379</x:v>
+        <x:v>594092</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
-        <x:v>40462</x:v>
+        <x:v>41187</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>14216</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>592525</x:v>
+        <x:v>594097</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
-        <x:v>527</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>527</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>594089</x:v>
+        <x:v>594100</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
-        <x:v>41187</x:v>
+        <x:v>39926</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>44067</x:v>
+        <x:v>15436</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>594103</x:v>
+        <x:v>592340</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>35972</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -15758,94 +15752,94 @@
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>595435</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>599626</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -16217,209 +16211,211 @@
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>601425</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
-        <x:v>39926</x:v>
+        <x:v>39927</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
+      <x:c r="E241" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G241" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H241" s="0" t="s">
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
-        <x:v>15436</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>617880</x:v>
+        <x:v>607905</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
-        <x:v>39927</x:v>
+        <x:v>39926</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
-      <x:c r="E242" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>99</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
-        <x:v>44067</x:v>
+        <x:v>15436</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>607905</x:v>
+        <x:v>617876</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>617876</x:v>
+        <x:v>617880</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>541</x:v>
@@ -16466,51 +16462,51 @@
       <x:c r="U244" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>224</x:v>
       </x:c>