--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -416,65 +416,65 @@
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
   </x:si>
   <x:si>
     <x:t>ACPM</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée René Caillé</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>formation mixte</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Maçon</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité génie civil</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Résolution problème</x:t>
@@ -581,72 +581,72 @@
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Denis Diderot</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
+    <x:t>LP les Alpilles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIRAMAS</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité génie civil</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>MIRAMAS</x:t>
   </x:si>
   <x:si>
     <x:t>EREA Louis Aragon</x:t>
   </x:si>
   <x:si>
     <x:t>13170</x:t>
   </x:si>
   <x:si>
     <x:t>EREA L Aragon</x:t>
   </x:si>
   <x:si>
     <x:t>LES PENNES-MIRABEAU</x:t>
   </x:si>
   <x:si>
     <x:t>LP L Martin Bret</x:t>
   </x:si>
   <x:si>
     <x:t>04101</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP St-Henri</x:t>
   </x:si>
@@ -3355,1096 +3355,1096 @@
       <x:c r="S36" s="14" t="n">
         <x:v>567838</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H37" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>548230</x:v>
+        <x:v>552873</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>548807</x:v>
+        <x:v>552872</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>548810</x:v>
+        <x:v>567836</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>38303</x:v>
+        <x:v>39510</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>22334</x:v>
+        <x:v>22395</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>548355</x:v>
+        <x:v>548409</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>567836</x:v>
+        <x:v>556739</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>552873</x:v>
+        <x:v>603277</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>35715</x:v>
+        <x:v>38303</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>53</x:v>
-[...2 lines deleted...]
-        <x:v>54</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>552872</x:v>
+        <x:v>548400</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>39510</x:v>
+        <x:v>35715</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>22395</x:v>
+        <x:v>22334</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>548409</x:v>
+        <x:v>548414</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>556739</x:v>
+        <x:v>548806</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>603277</x:v>
+        <x:v>548364</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>38303</x:v>
+        <x:v>35715</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>548400</x:v>
+        <x:v>548366</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>35715</x:v>
+        <x:v>38303</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>548414</x:v>
+        <x:v>548196</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>548806</x:v>
+        <x:v>548206</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>548364</x:v>
+        <x:v>548323</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>548366</x:v>
+        <x:v>548230</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
-        <x:v>38303</x:v>
+        <x:v>35715</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>77</x:v>
-[...1 lines deleted...]
-      <x:c r="H52" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H52" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>548196</x:v>
+        <x:v>548807</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H53" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>548206</x:v>
+        <x:v>548810</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
-        <x:v>35715</x:v>
+        <x:v>38303</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>548323</x:v>
+        <x:v>548355</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
@@ -4646,78 +4646,78 @@
       <x:c r="R58" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>567834</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="H59" s="0" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>552678</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
@@ -4870,51 +4870,51 @@
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>548805</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4930,51 +4930,51 @@
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>548809</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>55</x:v>
@@ -5631,51 +5631,51 @@
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>548804</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38303</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
@@ -6057,78 +6057,78 @@
       <x:c r="R82" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>583919</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38746</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="H83" s="0" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>570886</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
@@ -6197,51 +6197,51 @@
       <x:c r="G85" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>22354</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>583929</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
@@ -6338,1094 +6338,1091 @@
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>604297</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>120</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>493640</x:v>
+        <x:v>596294</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>35715</x:v>
+        <x:v>40335</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
+      <x:c r="E89" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>22334</x:v>
+        <x:v>22395</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>596294</x:v>
+        <x:v>603964</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>40335</x:v>
+        <x:v>38303</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>22395</x:v>
+        <x:v>22334</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>603964</x:v>
+        <x:v>604030</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>38303</x:v>
+        <x:v>35715</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
-      <x:c r="E91" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>604030</x:v>
+        <x:v>493640</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>40042</x:v>
+        <x:v>35715</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>15099</x:v>
+        <x:v>22334</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="Q92" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="Q92" s="16" t="s">
+      <x:c r="R92" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="R92" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>595629</x:v>
+        <x:v>596290</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>53</x:v>
-[...2 lines deleted...]
-        <x:v>54</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>604261</x:v>
+        <x:v>603974</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>604298</x:v>
+        <x:v>604262</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>40335</x:v>
+        <x:v>40042</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
-      <x:c r="E95" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>22395</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>603127</x:v>
+        <x:v>595629</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>77</x:v>
-[...1 lines deleted...]
-      <x:c r="H96" s="14" t="s"/>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H96" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>603141</x:v>
+        <x:v>604261</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>609391</x:v>
+        <x:v>604298</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>35715</x:v>
+        <x:v>40335</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>22334</x:v>
+        <x:v>22395</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>603218</x:v>
+        <x:v>603127</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>603278</x:v>
+        <x:v>603141</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>40335</x:v>
+        <x:v>35715</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>77</x:v>
-[...1 lines deleted...]
-      <x:c r="H100" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H100" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I100" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>22395</x:v>
+        <x:v>22334</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>603331</x:v>
+        <x:v>609391</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>66</x:v>
-[...2 lines deleted...]
-        <x:v>67</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>600510</x:v>
+        <x:v>603218</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>38303</x:v>
+        <x:v>35715</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>603324</x:v>
+        <x:v>603278</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>35715</x:v>
+        <x:v>40335</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
+      <x:c r="E103" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>22334</x:v>
+        <x:v>22395</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>596290</x:v>
+        <x:v>603331</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>77</x:v>
-[...1 lines deleted...]
-      <x:c r="H104" s="14" t="s"/>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s">
+        <x:v>67</x:v>
+      </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>603974</x:v>
+        <x:v>600510</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>35715</x:v>
+        <x:v>38303</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>53</x:v>
-[...2 lines deleted...]
-        <x:v>54</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>604262</x:v>
+        <x:v>603324</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>38303</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
@@ -7845,51 +7842,51 @@
       <x:c r="M113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>599845</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>35715</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -8585,51 +8582,51 @@
       <x:c r="M126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>604299</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>40335</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>