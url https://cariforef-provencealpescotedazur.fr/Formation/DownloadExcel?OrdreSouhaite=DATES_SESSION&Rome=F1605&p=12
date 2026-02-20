--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -596,56 +596,56 @@
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>Collège Henri Boudon</x:t>
   </x:si>
   <x:si>
     <x:t>84500</x:t>
   </x:si>
   <x:si>
     <x:t>BOLLENE</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>CS - Certificat de spécialisation Technicien en réseaux électriques</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>CS - Certificat de spécialisation Technicien en réseaux électriques</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques B1 - B2 - BC - BR</x:t>
@@ -791,155 +791,155 @@
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation scolaire, universitaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Alpes et Durance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP F Revoul</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALREAS CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP R Caillié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Vauvenargues</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPTR de L'Estaque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Saint-Éloi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO St-Eloi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Vauban</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée P de Girard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Artaud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP St-Henri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée G Cisson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École de production Je fabrique mon avenir- site de La Seyne sur Mer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École de production Je fabrique mon avenir</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP École libre des métiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Ecole libre des métiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Jean-Henri Fabre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARPENTRAS CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation scolaire, universitaire</x:t>
-[...100 lines deleted...]
-  <x:si>
     <x:t>Lycée polyvalent Alphonse Benoît</x:t>
   </x:si>
   <x:si>
     <x:t>84803</x:t>
   </x:si>
   <x:si>
     <x:t>L ISLE SUR LA SORGUE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP la Floride</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Alpilles</x:t>
   </x:si>
   <x:si>
     <x:t>LP Galliéni Fréjus</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
@@ -971,114 +971,114 @@
   <x:si>
     <x:t>84008</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>LP J Moulin</x:t>
   </x:si>
   <x:si>
     <x:t>13110</x:t>
   </x:si>
   <x:si>
     <x:t>PORT-DE-BOUC</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ampère</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation technicien en réseaux électriques</x:t>
   </x:si>
   <x:si>
+    <x:t>LP L Martin Bret</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Costebelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée M Janetti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Ch Privat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP P Latécoère</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP L Blériot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARIGNANE</x:t>
+  </x:si>
+  <x:si>
     <x:t>École de production je fabrique mon avenir - site de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de production Je fabrique mon avenir</x:t>
-  </x:si>
-[...58 lines deleted...]
-    <x:t>NICE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
@@ -3126,119 +3126,119 @@
       <x:c r="G27" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>503261</x:v>
+        <x:v>503691</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>503691</x:v>
+        <x:v>503261</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>35828</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -3617,814 +3617,815 @@
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>547098</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>38880</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>91</x:v>
-[...1 lines deleted...]
-      <x:c r="H36" s="14" t="s"/>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>548346</x:v>
+        <x:v>552769</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H37" s="0" t="s">
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>548362</x:v>
+        <x:v>552804</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>45</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>552769</x:v>
+        <x:v>547598</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>38401</x:v>
+        <x:v>30117</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>24066</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>552804</x:v>
+        <x:v>550284</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>547598</x:v>
+        <x:v>548362</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>30117</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>550284</x:v>
+        <x:v>567844</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>38401</x:v>
+        <x:v>30117</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
-      <x:c r="E42" s="14" t="s"/>
+      <x:c r="E42" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>82</x:v>
-[...1 lines deleted...]
-      <x:c r="H42" s="14" t="s"/>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H42" s="14" t="s">
+        <x:v>139</x:v>
+      </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>557474</x:v>
+        <x:v>558162</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>552859</x:v>
+        <x:v>552861</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
-      <x:c r="E44" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>548268</x:v>
+        <x:v>557474</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H45" s="0" t="s">
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>548269</x:v>
+        <x:v>552859</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>132</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>567844</x:v>
+        <x:v>548268</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>45</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>552861</x:v>
+        <x:v>548269</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>30117</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>138</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>558162</x:v>
+        <x:v>548346</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -6612,165 +6613,164 @@
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>583845</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>37235</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
-      <x:c r="E87" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>24086</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>565149</x:v>
+        <x:v>558850</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37235</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
-      <x:c r="E88" s="14" t="s"/>
+      <x:c r="E88" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>24086</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>558850</x:v>
+        <x:v>565149</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
@@ -8212,1292 +8212,1302 @@
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>597960</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
-      <x:c r="E116" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>67</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>600502</x:v>
+        <x:v>557473</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
+      <x:c r="E117" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H117" s="0" t="s">
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>557473</x:v>
+        <x:v>600502</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
-        <x:v>37235</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
-      <x:c r="E118" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>147</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
-        <x:v>24086</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>602148</x:v>
+        <x:v>592981</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="I119" s="4" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="J119" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="K119" s="0" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>243</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>592981</x:v>
+        <x:v>592982</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>592982</x:v>
+        <x:v>592984</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>592984</x:v>
+        <x:v>592991</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>592991</x:v>
+        <x:v>592994</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>592994</x:v>
+        <x:v>593000</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
-        <x:v>241</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
-      <x:c r="E124" s="14" t="s"/>
+      <x:c r="E124" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>593000</x:v>
+        <x:v>604036</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H125" s="0" t="s">
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>604036</x:v>
+        <x:v>604743</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>604743</x:v>
+        <x:v>604296</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>604296</x:v>
+        <x:v>607554</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
-        <x:v>38401</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>607554</x:v>
+        <x:v>600487</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
-        <x:v>38880</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
-      <x:c r="E129" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-        <x:v>68</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>600487</x:v>
+        <x:v>592977</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>592977</x:v>
+        <x:v>592985</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>592985</x:v>
+        <x:v>592986</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>592986</x:v>
+        <x:v>592988</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>592988</x:v>
+        <x:v>592995</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>592995</x:v>
+        <x:v>615950</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
+      <x:c r="E135" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H135" s="0" t="s">
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>615950</x:v>
+        <x:v>609585</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
-        <x:v>241</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
-      <x:c r="E136" s="14" t="s"/>
+      <x:c r="E136" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>270</x:v>
-[...1 lines deleted...]
-      <x:c r="H136" s="14" t="s"/>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H136" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="I136" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>592993</x:v>
+        <x:v>604744</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
+      <x:c r="E137" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>593002</x:v>
+        <x:v>605947</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>91</x:v>
@@ -9701,2752 +9711,2744 @@
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>603267</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
-      <x:c r="E142" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>605947</x:v>
+        <x:v>592993</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
-      <x:c r="E143" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>45</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>604231</x:v>
+        <x:v>593002</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>91</x:v>
-[...1 lines deleted...]
-      <x:c r="H144" s="14" t="s"/>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H144" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="I144" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>603131</x:v>
+        <x:v>604231</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
-        <x:v>38880</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>603183</x:v>
+        <x:v>603131</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
-        <x:v>38401</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>603195</x:v>
+        <x:v>603183</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>603333</x:v>
+        <x:v>603195</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
-        <x:v>38880</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>45</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>604710</x:v>
+        <x:v>603333</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>38401</x:v>
+        <x:v>37235</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>24066</x:v>
+        <x:v>24086</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>600501</x:v>
+        <x:v>602148</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
-        <x:v>38401</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>91</x:v>
-[...1 lines deleted...]
-      <x:c r="H150" s="14" t="s"/>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H150" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="I150" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>603965</x:v>
+        <x:v>604710</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
+      <x:c r="E151" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H151" s="0" t="s">
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>592980</x:v>
+        <x:v>600501</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
-        <x:v>241</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
-      <x:c r="E152" s="14" t="s"/>
+      <x:c r="E152" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>592983</x:v>
+        <x:v>603965</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>592990</x:v>
+        <x:v>592980</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>592999</x:v>
+        <x:v>592983</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>593001</x:v>
+        <x:v>592990</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
-      <x:c r="E156" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>603268</x:v>
+        <x:v>592999</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
-      <x:c r="E157" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>603332</x:v>
+        <x:v>593001</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>132</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>604294</x:v>
+        <x:v>603268</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>132</x:v>
-[...2 lines deleted...]
-        <x:v>133</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>604295</x:v>
+        <x:v>603332</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>82</x:v>
-[...1 lines deleted...]
-      <x:c r="H160" s="14" t="s"/>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H160" s="14" t="s">
+        <x:v>133</x:v>
+      </x:c>
       <x:c r="I160" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>605946</x:v>
+        <x:v>604294</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>605707</x:v>
+        <x:v>604295</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
-        <x:v>40033</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>138</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>611487</x:v>
+        <x:v>605946</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
-        <x:v>38880</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="H163" s="0" t="s">
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>603118</x:v>
+        <x:v>605707</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
-        <x:v>38401</x:v>
+        <x:v>40033</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
-      <x:c r="E164" s="14" t="s"/>
+      <x:c r="E164" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>82</x:v>
-[...1 lines deleted...]
-      <x:c r="H164" s="14" t="s"/>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H164" s="14" t="s">
+        <x:v>139</x:v>
+      </x:c>
       <x:c r="I164" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>557471</x:v>
+        <x:v>611487</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
-        <x:v>38401</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>603966</x:v>
+        <x:v>603118</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
-        <x:v>38880</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
-      <x:c r="E166" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>604029</x:v>
+        <x:v>557471</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>604037</x:v>
+        <x:v>603966</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
-        <x:v>241</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>38401</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
-      <x:c r="E168" s="14" t="s"/>
+      <x:c r="E168" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>592975</x:v>
+        <x:v>604029</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
+      <x:c r="E169" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>592978</x:v>
+        <x:v>604037</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>592979</x:v>
+        <x:v>592975</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>592996</x:v>
+        <x:v>592978</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>37235</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>24086</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>593187</x:v>
+        <x:v>592979</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>615951</x:v>
+        <x:v>592996</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
-        <x:v>38401</x:v>
+        <x:v>37235</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
-      <x:c r="E174" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>24086</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>603194</x:v>
+        <x:v>593187</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
-        <x:v>38880</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H175" s="0" t="s">
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>603323</x:v>
+        <x:v>604230</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
-        <x:v>241</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
-      <x:c r="E176" s="14" t="s"/>
+      <x:c r="E176" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>302</x:v>
-[...1 lines deleted...]
-      <x:c r="H176" s="14" t="s"/>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H176" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="I176" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>592974</x:v>
+        <x:v>607553</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
+      <x:c r="E177" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>592997</x:v>
+        <x:v>603130</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>592998</x:v>
+        <x:v>592973</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
-      <x:c r="E179" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>45</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>604744</x:v>
+        <x:v>592976</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
-      <x:c r="E180" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>57</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>609585</x:v>
+        <x:v>592987</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
-      <x:c r="E181" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>45</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>604230</x:v>
+        <x:v>592989</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
-      <x:c r="E182" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>45</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>607553</x:v>
+        <x:v>592992</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
-      <x:c r="E183" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>603130</x:v>
+        <x:v>592974</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>592973</x:v>
+        <x:v>592997</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>592976</x:v>
+        <x:v>592998</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>592987</x:v>
+        <x:v>615951</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
+      <x:c r="E187" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>592989</x:v>
+        <x:v>603194</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
-        <x:v>241</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
-        <x:v>38401</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
-      <x:c r="E188" s="14" t="s"/>
+      <x:c r="E188" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>592992</x:v>
+        <x:v>603323</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>26</x:v>