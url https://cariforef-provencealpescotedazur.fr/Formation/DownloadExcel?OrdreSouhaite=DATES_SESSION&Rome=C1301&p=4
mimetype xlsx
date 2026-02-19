--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -2375,370 +2375,370 @@
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>585428</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>38601</x:v>
+        <x:v>37437</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>32623</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>610175</x:v>
+        <x:v>585409</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>37437</x:v>
+        <x:v>38601</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>41003</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>585409</x:v>
+        <x:v>610175</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>585414</x:v>
+        <x:v>585410</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>38601</x:v>
+        <x:v>37437</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>32623</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>588029</x:v>
+        <x:v>585414</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>37437</x:v>
+        <x:v>38601</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>41003</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>585436</x:v>
+        <x:v>588029</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>37437</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>585410</x:v>
+        <x:v>585436</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
@@ -3374,259 +3374,259 @@
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>591111</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>37437</x:v>
+        <x:v>38601</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>41003</x:v>
+        <x:v>32623</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>573237</x:v>
+        <x:v>610186</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>38601</x:v>
+        <x:v>37437</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>32623</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>610186</x:v>
+        <x:v>573237</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>598465</x:v>
+        <x:v>598471</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>598471</x:v>
+        <x:v>598465</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
@@ -4026,162 +4026,162 @@
       <x:c r="K57" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>610198</x:v>
+        <x:v>610189</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>610189</x:v>
+        <x:v>610179</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>610179</x:v>
+        <x:v>610198</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
@@ -4208,148 +4208,148 @@
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>610190</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>591114</x:v>
+        <x:v>610180</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>610180</x:v>
+        <x:v>591114</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -4652,154 +4652,154 @@
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>610181</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>598473</x:v>
+        <x:v>588034</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>588034</x:v>
+        <x:v>598473</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38601</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>46</x:v>
       </x:c>