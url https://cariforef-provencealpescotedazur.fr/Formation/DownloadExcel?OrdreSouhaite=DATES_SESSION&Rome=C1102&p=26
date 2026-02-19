--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -398,95 +398,95 @@
   <x:si>
     <x:t>Ifte Aix</x:t>
   </x:si>
   <x:si>
     <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>BTS assurance (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>BTS assurance</x:t>
   </x:si>
   <x:si>
     <x:t>M2s Formation School</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
+    <x:t>Jeune 16-25 ans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Alpes Développement Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ADF</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Jeune 16-25 ans</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BTS Assurance</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Technologique du Coudon</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
+    <x:t>ANTIBES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Jacques Audiberti</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
-    <x:t>ANTIBES</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée de l'Arc</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Saint Vincent de Paul - Formations des Apprentis</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
@@ -542,65 +542,65 @@
   <x:si>
     <x:t>Visiplus</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Service bancaire</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Icademie Editions - Antenne Bouc Bel Air</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOUC-BEL-AIR</x:t>
+  </x:si>
+  <x:si>
     <x:t>Responsable de clientèle banque finance assurance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion relation client</x:t>
   </x:si>
   <x:si>
-    <x:t>Icademie Editions - Antenne Bouc Bel Air</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Responsable de clientèle banque finance assurance</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecloson</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
@@ -842,245 +842,245 @@
   <x:si>
     <x:t>Conseiller de clientèle de particuliers banque et assurance (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Nice Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CCI</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller clientèle en banque et assurance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Banque</x:t>
   </x:si>
   <x:si>
     <x:t>Pgm Learning</x:t>
   </x:si>
   <x:si>
     <x:t>75012</x:t>
   </x:si>
   <x:si>
+    <x:t>Kaali Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX - LES MILLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Académie du Management - Antenne Cannes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EAM Expert Assurance Maritime INPI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hsce</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chargé d'indemnisation en assurance (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Conseiller clientèle des particuliers en banque et assurance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Kaali Formation</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Souscripteur en assurance et réassurance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Inspection assurance</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Professionnel Charles Péguy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRIGNOLES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Responsable de clientèle banque finance assurance (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller clientèle des particuliers en banque et assurance (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Esid - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice</x:t>
   </x:si>
   <x:si>
-    <x:t>BRIGNOLES</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 04</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence - Antenne Manosque</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Bachelor Conseiller gestionnaire bancassurance clientèle des particuliers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Développement professionnel et personnel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBAGNE</x:t>
+  </x:si>
+  <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
-    <x:t>Bachelor Conseiller gestionnaire bancassurance clientèle des particuliers</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Technologique Victor Hugo</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
+    <x:t>Idev</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idev - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-16e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Conseiller clientèle des particuliers en banque et assurance</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de développement commercial</x:t>
   </x:si>
   <x:si>
     <x:t>Stratégie commerciale</x:t>
   </x:si>
   <x:si>
-    <x:t>Idev</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de Formation et de Recherche sur l'Education Permanente - Antenne Carpentras</x:t>
   </x:si>
   <x:si>
     <x:t>INFREP</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Association pour l'Education Cognitive et le Développement</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor Chargé d'indemnisation en assurance</x:t>
   </x:si>
   <x:si>
+    <x:t>Idea Formation +</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARTIGUES</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Idea Formation +</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Ecole Supérieure de la Banque - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Liberté Formation - Iscae</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller commercial (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
@@ -1340,105 +1340,105 @@
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13453</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller clientèle des particuliers et des professionnels en banque et assurance (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée J Audiberti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Attaché commercial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École Pratique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Pratique</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée M de Sully</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée J Audiberti</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Optivalys Formations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Optivalys Formations - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/08/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/27/2027 00:00:00</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>10/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Neven Education</x:t>
   </x:si>
   <x:si>
     <x:t>06210</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2027 00:00:00</x:t>
   </x:si>
@@ -3118,281 +3118,280 @@
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>516324</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
+      <x:c r="E21" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>70</x:v>
-[...2 lines deleted...]
-        <x:v>71</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>515098</x:v>
+        <x:v>501369</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
-      <x:c r="E22" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>106</x:v>
-[...1 lines deleted...]
-      <x:c r="H22" s="14" t="s"/>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="H22" s="14" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="I22" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>501369</x:v>
+        <x:v>515098</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
-      <x:c r="E23" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>495503</x:v>
+        <x:v>515309</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>103</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
-      <x:c r="E24" s="14" t="s"/>
+      <x:c r="E24" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>515309</x:v>
+        <x:v>495503</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -3402,51 +3401,51 @@
       <x:c r="L25" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>507647</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>118</x:v>
@@ -3463,170 +3462,169 @@
       <x:c r="L26" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>511001</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
-      <x:c r="E27" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="Q27" s="4" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="R27" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="Q27" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>511000</x:v>
+        <x:v>507648</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
-      <x:c r="E28" s="14" t="s"/>
+      <x:c r="E28" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>507648</x:v>
+        <x:v>511000</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -3639,51 +3637,51 @@
       <x:c r="L29" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>515767</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
@@ -3698,51 +3696,51 @@
       <x:c r="L30" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>517249</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
@@ -3755,51 +3753,51 @@
       <x:c r="L31" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>504946</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
@@ -4170,153 +4168,153 @@
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>553395</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>36978</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>34076</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="P39" s="0" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="Q39" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="P39" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>553381</x:v>
+        <x:v>553485</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>37717</x:v>
+        <x:v>36978</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>553485</x:v>
+        <x:v>553381</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
@@ -4377,51 +4375,51 @@
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>565260</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
@@ -5290,51 +5288,51 @@
       <x:c r="G58" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>556966</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
@@ -5403,51 +5401,51 @@
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>568280</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
@@ -5662,1636 +5660,1638 @@
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>570276</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>39619</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
-      <x:c r="E65" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="H65" s="0" t="s">
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>41054</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>545039</x:v>
+        <x:v>554021</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>38359</x:v>
+        <x:v>39619</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>70</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>41036</x:v>
+        <x:v>41054</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>545155</x:v>
+        <x:v>545039</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>556399</x:v>
+        <x:v>545155</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>549085</x:v>
+        <x:v>556399</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>39743</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>549344</x:v>
+        <x:v>549085</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>37717</x:v>
+        <x:v>39743</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>570593</x:v>
+        <x:v>549344</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>555839</x:v>
+        <x:v>570593</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
-        <x:v>39610</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>41083</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>546437</x:v>
+        <x:v>555839</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>36591</x:v>
+        <x:v>39610</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>552284</x:v>
+        <x:v>546437</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>38359</x:v>
+        <x:v>36591</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>101</x:v>
-[...1 lines deleted...]
-      <x:c r="H74" s="14" t="s"/>
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="H74" s="14" t="s">
+        <x:v>230</x:v>
+      </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>41036</x:v>
+        <x:v>41083</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>545028</x:v>
+        <x:v>552284</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>547145</x:v>
+        <x:v>545028</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>117</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>556398</x:v>
+        <x:v>547145</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="H77" s="0" t="s">
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>555535</x:v>
+        <x:v>556398</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>233</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>556855</x:v>
+        <x:v>555535</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
+      <x:c r="E79" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>556932</x:v>
+        <x:v>556855</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>556939</x:v>
+        <x:v>556932</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>40193</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
-      <x:c r="E81" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H81" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>34076</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>568254</x:v>
+        <x:v>556939</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>40193</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
-      <x:c r="E82" s="14" t="s"/>
+      <x:c r="E82" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>239</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>575670</x:v>
+        <x:v>568254</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>40253</x:v>
+        <x:v>40193</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
-      <x:c r="E83" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>41054</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>583406</x:v>
+        <x:v>575670</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>38440</x:v>
+        <x:v>40253</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>41083</x:v>
+        <x:v>41054</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>570280</x:v>
+        <x:v>583406</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38440</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
+      <x:c r="E85" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>572338</x:v>
+        <x:v>570280</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>38359</x:v>
+        <x:v>38440</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
-      <x:c r="E86" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>41036</x:v>
+        <x:v>41083</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>549117</x:v>
+        <x:v>572338</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>39743</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>549571</x:v>
+        <x:v>549117</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>39109</x:v>
+        <x:v>39743</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>59</x:v>
-[...1 lines deleted...]
-      <x:c r="H88" s="14" t="s"/>
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="H88" s="14" t="s">
+        <x:v>252</x:v>
+      </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>41062</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>547157</x:v>
+        <x:v>549571</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>39109</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>41062</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>572319</x:v>
+        <x:v>547157</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>35538</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>41054</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>548482</x:v>
+        <x:v>572319</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="Q91" s="4" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="R91" s="0" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>553527</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -7302,126 +7302,115 @@
       <x:c r="H92" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>599412</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
-      <x:c r="E93" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>55</x:v>
-[...2 lines deleted...]
-        <x:v>56</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-        <x:v>39</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>548509</x:v>
+        <x:v>585406</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>39615</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>78</x:v>
@@ -7503,156 +7492,164 @@
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>549204</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>264</x:v>
-[...1 lines deleted...]
-      <x:c r="C96" s="15" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C96" s="15" t="n">
+        <x:v>38359</x:v>
+      </x:c>
       <x:c r="D96" s="15" t="s"/>
-      <x:c r="E96" s="14" t="s"/>
+      <x:c r="E96" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>265</x:v>
-[...1 lines deleted...]
-      <x:c r="H96" s="14" t="s"/>
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H96" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>150</x:v>
-[...1 lines deleted...]
-      <x:c r="J96" s="14" t="s"/>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="J96" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
       <x:c r="K96" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>585406</x:v>
+        <x:v>548509</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>38359</x:v>
+        <x:v>35538</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
+      <x:c r="E97" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>117</x:v>
-[...2 lines deleted...]
-        <x:v>118</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>41036</x:v>
+        <x:v>41054</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>554021</x:v>
+        <x:v>548482</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>39619</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>51</x:v>
@@ -7734,923 +7731,922 @@
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>609985</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
-      <x:c r="E100" s="14" t="s"/>
+      <x:c r="E100" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>554788</x:v>
+        <x:v>545138</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>36978</x:v>
+        <x:v>40253</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
+      <x:c r="E101" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>34076</x:v>
+        <x:v>41054</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>556962</x:v>
+        <x:v>583400</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
-        <x:v>103</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>35538</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
-      <x:c r="E102" s="14" t="s"/>
+      <x:c r="E102" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>572388</x:v>
+        <x:v>549249</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
+      <x:c r="E103" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H103" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>586195</x:v>
+        <x:v>549286</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>36978</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
-      <x:c r="E104" s="14" t="s"/>
+      <x:c r="E104" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>155</x:v>
-[...1 lines deleted...]
-      <x:c r="H104" s="14" t="s"/>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>34076</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>586196</x:v>
+        <x:v>546430</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>552326</x:v>
+        <x:v>552355</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
-        <x:v>35538</x:v>
+        <x:v>36978</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
-      <x:c r="E106" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>41054</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>570268</x:v>
+        <x:v>556962</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>35538</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
-      <x:c r="E107" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>41054</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>555841</x:v>
+        <x:v>572388</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
-        <x:v>37717</x:v>
+        <x:v>36978</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
-      <x:c r="E108" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>552355</x:v>
+        <x:v>586195</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
-        <x:v>38359</x:v>
+        <x:v>36978</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
-      <x:c r="E109" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>73</x:v>
-[...2 lines deleted...]
-        <x:v>71</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>41036</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>545138</x:v>
+        <x:v>586196</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
-        <x:v>40253</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>233</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
-        <x:v>41054</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="Q110" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="Q110" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>583400</x:v>
+        <x:v>552326</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>35538</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>549249</x:v>
+        <x:v>570268</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
-        <x:v>36978</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>34076</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>549286</x:v>
+        <x:v>555841</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
-      <x:c r="E113" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>546430</x:v>
+        <x:v>554788</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>551892</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
@@ -8674,281 +8670,280 @@
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>567446</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
-        <x:v>38359</x:v>
+        <x:v>35964</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
-      <x:c r="E116" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>133</x:v>
-[...1 lines deleted...]
-      <x:c r="H116" s="14" t="s"/>
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="H116" s="14" t="s">
+        <x:v>286</x:v>
+      </x:c>
       <x:c r="I116" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>41036</x:v>
+        <x:v>15054</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>548679</x:v>
+        <x:v>514406</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>36591</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>278</x:v>
-[...2 lines deleted...]
-        <x:v>279</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>41083</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>551868</x:v>
+        <x:v>548679</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
-        <x:v>40253</x:v>
+        <x:v>36591</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>128</x:v>
-[...1 lines deleted...]
-      <x:c r="H118" s="14" t="s"/>
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="H118" s="14" t="s">
+        <x:v>279</x:v>
+      </x:c>
       <x:c r="I118" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
-        <x:v>41054</x:v>
+        <x:v>41083</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>573919</x:v>
+        <x:v>551868</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>35964</x:v>
+        <x:v>40253</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
+      <x:c r="E119" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>286</x:v>
-[...2 lines deleted...]
-        <x:v>287</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>15054</x:v>
+        <x:v>41054</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>514406</x:v>
+        <x:v>573919</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
@@ -9028,209 +9023,209 @@
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>548173</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>586499</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>39615</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="H123" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="H123" s="0" t="s">
+      <x:c r="I123" s="4" t="s">
         <x:v>287</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>288</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>573921</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>35964</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="H124" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="H124" s="14" t="s">
+      <x:c r="I124" s="16" t="s">
         <x:v>287</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>288</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>15054</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>547883</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
@@ -9257,221 +9252,221 @@
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>569969</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>35538</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
-      <x:c r="E126" s="14" t="s"/>
+      <x:c r="E126" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>36</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>41054</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>588327</x:v>
+        <x:v>552065</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
-        <x:v>36395</x:v>
+        <x:v>35538</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>41054</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>572703</x:v>
+        <x:v>588327</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
-        <x:v>37717</x:v>
+        <x:v>36395</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
-      <x:c r="E128" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>301</x:v>
-[...1 lines deleted...]
-      <x:c r="H128" s="14" t="s"/>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H128" s="14" t="s">
+        <x:v>219</x:v>
+      </x:c>
       <x:c r="I128" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>552065</x:v>
+        <x:v>572703</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
@@ -9507,263 +9502,263 @@
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>570768</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>34171</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="H130" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="H130" s="14" t="s">
+      <x:c r="I130" s="16" t="s">
         <x:v>287</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>288</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>547885</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
+      <x:c r="E131" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>557310</x:v>
+        <x:v>548629</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="R132" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="S132" s="14" t="n">
+        <x:v>557581</x:v>
+      </x:c>
+      <x:c r="T132" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="R132" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
-      <x:c r="E133" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>557581</x:v>
+        <x:v>557310</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38440</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>211</x:v>
@@ -9777,51 +9772,51 @@
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>570282</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>39610</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -10011,51 +10006,51 @@
       <x:c r="M138" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>580093</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
@@ -10170,51 +10165,51 @@
       <x:c r="J141" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>553765</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
@@ -10290,101 +10285,101 @@
       <x:c r="M143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>557312</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="P144" s="14" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="Q144" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="P144" s="14" t="s">
+      <x:c r="R144" s="14" t="s">
         <x:v>159</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>609141</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38815</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
@@ -10647,84 +10642,84 @@
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>601958</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>609142</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
@@ -11144,51 +11139,51 @@
       <x:c r="M158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>611408</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -11328,112 +11323,112 @@
         <x:v>609633</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>599903</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
@@ -11666,76 +11661,76 @@
         <x:v>617009</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>41037</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>616787</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -11867,51 +11862,51 @@
       <x:c r="M171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>611413</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -12086,51 +12081,51 @@
       <x:c r="L175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>613353</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
@@ -12365,51 +12360,51 @@
       <x:c r="L180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>613355</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -12541,51 +12536,51 @@
       <x:c r="M183" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>599664</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
         <x:v>51</x:v>
@@ -12641,69 +12636,69 @@
       <x:c r="G185" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>608096</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>39109</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
@@ -12736,129 +12731,129 @@
       <x:c r="S186" s="14" t="n">
         <x:v>602612</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="Q187" s="4" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="R187" s="0" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>601996</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>596840</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
@@ -13022,84 +13017,84 @@
         <x:v>599331</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>601165</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>40253</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -13124,90 +13119,90 @@
       <x:c r="M193" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>607793</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>40193</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>606167</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
@@ -13629,1362 +13624,1362 @@
       <x:c r="J202" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>606256</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
-        <x:v>38359</x:v>
+        <x:v>36978</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H203" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
-        <x:v>41036</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>595670</x:v>
+        <x:v>608095</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
-        <x:v>391</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
-      <x:c r="E204" s="14" t="s"/>
+      <x:c r="E204" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>412</x:v>
-[...1 lines deleted...]
-      <x:c r="H204" s="14" t="s"/>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H204" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="I204" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>595673</x:v>
+        <x:v>614674</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
-        <x:v>40193</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
-        <x:v>34076</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>606168</x:v>
+        <x:v>595670</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>117</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>606255</x:v>
+        <x:v>595673</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
-        <x:v>38359</x:v>
+        <x:v>40193</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
-      <x:c r="E207" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>98</x:v>
-[...2 lines deleted...]
-        <x:v>99</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>41036</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>599407</x:v>
+        <x:v>606168</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
-      <x:c r="E208" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>599415</x:v>
+        <x:v>606255</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
-        <x:v>39615</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>609980</x:v>
+        <x:v>599407</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
-        <x:v>38440</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
-        <x:v>41083</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>608851</x:v>
+        <x:v>599415</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
-        <x:v>40193</x:v>
+        <x:v>39615</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
-        <x:v>34076</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>609173</x:v>
+        <x:v>609980</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
-        <x:v>103</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
-        <x:v>38359</x:v>
+        <x:v>38440</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
-      <x:c r="E212" s="14" t="s"/>
+      <x:c r="E212" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
-        <x:v>41036</x:v>
+        <x:v>41083</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>608074</x:v>
+        <x:v>608851</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>40193</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>609172</x:v>
+        <x:v>609173</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
-      <x:c r="E214" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>59</x:v>
-[...1 lines deleted...]
-      <x:c r="H214" s="14" t="s"/>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H214" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="I214" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>602594</x:v>
+        <x:v>608074</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
-        <x:v>41338</x:v>
+        <x:v>40193</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
-        <x:v>41015</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>609986</x:v>
+        <x:v>609172</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
-        <x:v>391</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
-        <x:v>40193</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
-      <x:c r="E216" s="14" t="s"/>
+      <x:c r="E216" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>34076</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>592365</x:v>
+        <x:v>602594</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
-        <x:v>38359</x:v>
+        <x:v>41338</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>41036</x:v>
+        <x:v>41015</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>609730</x:v>
+        <x:v>609986</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>37717</x:v>
+        <x:v>40193</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
-      <x:c r="E218" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>63</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>608487</x:v>
+        <x:v>592365</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>607848</x:v>
+        <x:v>609730</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
-        <x:v>41716</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
-        <x:v>41054</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>614707</x:v>
+        <x:v>608487</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>38440</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
-        <x:v>41083</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>609197</x:v>
+        <x:v>607848</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
-        <x:v>38359</x:v>
+        <x:v>41716</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
-        <x:v>41036</x:v>
+        <x:v>41054</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>607858</x:v>
+        <x:v>614707</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
-        <x:v>36978</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
+      <x:c r="E223" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
-        <x:v>34076</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>608095</x:v>
+        <x:v>607858</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
-        <x:v>38359</x:v>
+        <x:v>38440</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>41036</x:v>
+        <x:v>41083</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>614674</x:v>
+        <x:v>609197</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -15066,276 +15061,282 @@
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>607803</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
+      <x:c r="E227" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G227" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H227" s="0" t="s">
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>595674</x:v>
+        <x:v>609978</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
-        <x:v>38440</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>41083</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>609198</x:v>
+        <x:v>608178</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
-        <x:v>38359</x:v>
+        <x:v>38440</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>41036</x:v>
+        <x:v>41083</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>600884</x:v>
+        <x:v>609198</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>608178</x:v>
+        <x:v>600884</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -15368,82 +15369,82 @@
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>595672</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="Q232" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
-      <x:c r="Q232" s="16" t="s">
+      <x:c r="R232" s="14" t="s">
         <x:v>425</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>426</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>595675</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
@@ -15462,96 +15463,96 @@
       <x:c r="M233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>613357</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>39743</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>592195</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
@@ -15581,107 +15582,103 @@
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>614454</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
-      <x:c r="E236" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>76</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>609978</x:v>
+        <x:v>595674</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>36591</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
@@ -15804,54 +15801,54 @@
       <x:c r="I239" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>601006</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>40253</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -15893,143 +15890,143 @@
       <x:c r="S240" s="14" t="n">
         <x:v>606974</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>601548</x:v>
+        <x:v>616217</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>616217</x:v>
+        <x:v>601548</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -16056,90 +16053,90 @@
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>600042</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>35964</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="H244" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="H244" s="14" t="s">
+      <x:c r="I244" s="16" t="s">
         <x:v>287</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>288</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>15054</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>617216</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
@@ -16155,107 +16152,107 @@
       <x:c r="J245" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>601547</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>34171</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="H246" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="H246" s="14" t="s">
+      <x:c r="I246" s="16" t="s">
         <x:v>287</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>288</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>617218</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
@@ -16465,153 +16462,153 @@
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>608849</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
-        <x:v>39610</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
-        <x:v>41083</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>598953</x:v>
+        <x:v>602694</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
-        <x:v>37717</x:v>
+        <x:v>39610</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>41083</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>602694</x:v>
+        <x:v>598953</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>39619</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>101</x:v>
       </x:c>